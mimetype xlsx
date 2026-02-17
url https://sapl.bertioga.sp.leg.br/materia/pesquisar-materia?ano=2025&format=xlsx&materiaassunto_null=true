--- v0 (2025-12-14)
+++ v1 (2026-02-17)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6158" uniqueCount="2915">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6174" uniqueCount="2921">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -7787,50 +7787,59 @@
   <si>
     <t>https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20627/016-25.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE OS PRINCÍPIOS E DIRETRIZES DA POLÍTICA MUNICIPAL DE TURISMO DE BERTIOGA, DA COMPOSIÇÃO E FUNCIONAMENTO DO CONSELHO MUNICIPAL DE TURISMO (COMTUR), DO FUNDO ESPECIAL DO TURISMO (FETUR), E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>20658</t>
   </si>
   <si>
     <t>https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20658/017-25.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A ISENÇÃO DE TRIBUTOS MUNICIPAIS PARA AS ORGANIZAÇÕES RELIGIOSAS DA FORMA COMO ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>20748</t>
   </si>
   <si>
     <t>https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20748/018-25.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CRITÉRIOS TÉCNICOS PARA A ATUALIZAÇÃO DA BASE DE CÁLCULO DO IMPOSTO SOBRE A PROPRIEDADE PREDIAL E TERRITORIAL URBANA – IPTU, PELO PODER EXECUTIVO MUNICIPAL, NOS TERMOS DO ART. 156, §1º, INCISO III, DA CONSTITUIÇÃO DA REPÚBLICA FEDERATIVA DO BRASIL DE 1988, COM REDAÇÃO DADA PELA EMENDA CONSTITUCIONAL N. 132/2023.</t>
   </si>
   <si>
+    <t>20783</t>
+  </si>
+  <si>
+    <t>https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20783/019-25.pdf</t>
+  </si>
+  <si>
+    <t>Cria e inclui o Cargo de Analista Jurídico na Lei Complementar nº 175, de 21 de dezembro de 2022, que dispõe sobre a reorganização do quadro de cargos de provimento efetivo da Prefeitura do Município de Bertioga, nos termos que especifica</t>
+  </si>
+  <si>
     <t>20012</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20012/001-25.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A LEITURA DA BÍBLIA SAGRADA COMO RECURSO PARADIDÁTICO NAS ESCOLAS DA REDE PÚBLICA E PARTICULAR DE ENSINO DO MUNICÍPIO DE BERTIOGA</t>
   </si>
   <si>
     <t>20013</t>
   </si>
   <si>
     <t>https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20013/002-25.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A FIRMAR PARCERIAS PARA A DISTRIBUIÇÃO DA BÍBLIA SAGRADA NAS ESCOLAS DA REDE PÚBLICA DE ENSINO DO MUNICÍPIO DE BERTIOGA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>20014</t>
@@ -8685,50 +8694,59 @@
     <t>20751</t>
   </si>
   <si>
     <t>https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20751/098-25.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTITUIÇÃO DA LINHA DE CUIDADO MUNICIPAL PARA PESSOAS COM BEXIGA NEUROGÊNICA, COM PREVISÃO DE FORNECIMENTO DE CATETER HIDROFÓLICO DE USO INTERMITENTE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>20752</t>
   </si>
   <si>
     <t>https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20752/099-25.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A AUTORIZAÇÃO PARA QUE PROFESSORES E DEMAIS SERVIDORES DAS UNIDADES ESCOLARES DA REDE MUNICIPAL DE ENSINO CONSUMAM AS REFEIÇÕES ORNECIDAS AOS ALUNOS DURANTE O PE´RÍODO LETIVO, SEM PREJUÍZO DOS BENEFÍCIOS JÁ CONCEDIDOS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>20753</t>
   </si>
   <si>
     <t>https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20753/100-25.pdf</t>
   </si>
   <si>
     <t>ALTERA OS PARÁGRAFOS ÚNICOS DOS ARTIGOS 1º E 7º, DA LEI MUNICIPAL N. 1.049, DE 20 DE NOVEMBRO DE 2012, QUE DISPÕE SOBRE A CONTRIBUIÇÃO DE ILUMINAÇÃO PÚBLICA, NOS TERMOS QUE ESPECIFICA.</t>
+  </si>
+  <si>
+    <t>20782</t>
+  </si>
+  <si>
+    <t>https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20782/101-25.pdf</t>
+  </si>
+  <si>
+    <t>ALTERA O ANEXO III, E CRIA O ANEXO III-A NA LEI MUNICIPAL 1517, DE 25 DE JANEIRO DE 2023, NOS TERMOS QUE ESPECIFICA</t>
   </si>
   <si>
     <t>20015</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20015/pr_001-25.pdf</t>
   </si>
   <si>
     <t>ALTERA A RESOLUÇÃO Nº 135, DE 26 DE JANEIRO DE 2023 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>20061</t>
   </si>
   <si>
     <t>https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20061/pr_002-25.pdf</t>
   </si>
   <si>
     <t>“ALTERA A RESOLUÇÃO Nº 139, DE 22 DE MARÇO DE 2.023, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
@@ -9113,56 +9131,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20123/documentos_unificados_pa_124-25.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20019/ind-001-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20020/ind-002-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20021/ind-003-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20022/ind-004-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20023/ind-005-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20024/ind-006-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20025/ind-007-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20026/ind-008-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20027/ind-009-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20028/ind-010-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20029/ind-011-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20030/ind-012-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20031/ind-013-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20032/ind-014-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20033/ind-015-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20034/ind-016-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20035/ind-017-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20036/ind-018-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20037/ind-019-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20038/ind-020-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20039/ind-021-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20040/ind-022-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20041/ind-023-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20042/ind-024-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20043/ind-025-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20044/ind-026-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20045/ind-027-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20046/ind-028-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20047/ind-029-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20048/ind-030-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20049/ind-031-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20050/ind-032-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20051/ind-033-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20052/ind-034-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20053/ind-035-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20054/ind-036-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20055/ind-037-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20056/ind-038-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20057/ind-039-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20058/ind-040-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20059/ind-041-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20063/ind-042-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20064/ind-043-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20065/ind-044-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20066/ind-045-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20067/ind-046-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20068/ind-047-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20069/ind-048-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20070/ind-049-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20071/ind-050-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20072/ind-051-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20073/ind-052-2025_lgpd.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20074/ind-053-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20075/ind-054-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20076/ind-055-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20077/ind-056-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20078/ind-057-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20079/ind-058-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20080/ind-059-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20081/ind-060-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20082/ind-061-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20083/ind-062-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20084/ind-063-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20085/ind-064-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20086/ind-065-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20087/ind-066-2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20093/ind-067-2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20094/ind-068-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20095/ind-069-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20096/ind-070-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20097/ind-071-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20098/ind-072-2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20099/ind-073-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20100/ind-074-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20101/ind-075-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20102/ind-076-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20103/ind-077-2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20104/ind-078-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20105/ind-079-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20106/ind-080-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20107/ind-081-2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20108/ind-082-2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20109/ind-083-2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20110/ind-084-2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20111/ind-085-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20112/ind-086-2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20113/ind-087-2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20114/ind-088-2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20115/ind-089-2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20116/ind-090-2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20117/ind-091-2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20128/ind-092-2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20129/ind-093-2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20130/ind-094-2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20131/ind-095-2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20132/ind-096-2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20133/ind-097-2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20134/ind-098-2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20135/ind-099-2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20136/ind-100-2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20137/ind-101-2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20139/ind-102-2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20140/ind-103-2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20141/ind-104-2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20142/ind-105-2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20143/ind-106-2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20144/ind-107-2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20145/ind-108-2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20146/ind-109-2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20147/ind-110-2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20148/ind-111-2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20149/ind-112-2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20150/ind-113-2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20155/ind-114-2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20156/ind-115-2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20157/ind-116-2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20158/ind-117-2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20159/ind-118-2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20160/ind-119-2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20161/ind-120-2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20162/ind-121-2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20163/ind-122-2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20164/ind-123-2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20165/ind-124-2025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20166/ind-125-2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20167/ind-126-2025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20168/ind-127-2025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20169/ind-128-2025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20170/ind-129-2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20171/ind-130-2025.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20172/ind-131-2025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20173/ind-132-2025.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20174/ind-133-2025.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20175/ind-134-2025.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20176/ind-135-2025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20177/ind-136-2025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20178/ind-137-2025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20179/ind-138-2025.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20180/ind-139-2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20181/ind-140-2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20191/ind-141-2025.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20192/ind-142-2025.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20193/ind-143-2025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20194/ind-144-2025.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20195/ind-145-2025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20196/ind-146-2025.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20197/ind-147-2025.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20198/ind-148-2025.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20199/ind-149-2025.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20200/ind-150-2025.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20201/ind-151-2025.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20202/ind-152-2025.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20203/ind-153-2025.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20204/ind-154-2025.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20206/ind-155-2025.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20207/ind-156-2025.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20208/ind-157-2025.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20209/ind-158-2025.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20210/ind-159-2025.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20211/ind-160-2025.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20212/ind-161-2025.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20213/ind-162-2025.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20214/ind-163-2025.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20220/ind-164-2025.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20221/ind-165-2025.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20222/ind-166-2025.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20223/ind-167-2025.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20224/ind-168-2025.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20225/ind-169-2025.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20226/ind-170-2025.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20227/ind-171-2025.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20228/ind-172-2025.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20229/ind-173-2025.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20230/ind-174-2025.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20231/ind-175-2025.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20232/ind-176-2025.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20233/ind-177-2025.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20234/ind-178-2025.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20235/ind-179-2025.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20236/ind-180-2025.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20237/ind-181-2025.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20238/ind-182-2025.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20239/ind-183-2025.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20240/ind-184-2025.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20241/ind-185-2025.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20242/ind-186-2025.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20243/ind-187-2025.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20244/ind-188-2025.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20245/ind-189-2025.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20246/ind-190-2025.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20247/ind-191-2025.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20248/ind-192-2025.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20249/ind-193-2025.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20250/ind-194-2025.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20251/ind-195-2025.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20253/ind-197-2025.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20254/ind-198-2025.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20255/ind-199-2025.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20256/ind-200-2025.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20257/ind-201-2025.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20258/ind-202-2025.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20259/ind-203-2025.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20260/ind-204-2025.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20261/ind-205-2025.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20262/ind-206-2025.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20263/ind-207-2025.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20264/ind-208-2025.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20265/ind-209-2025.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20266/ind-210-2025.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20267/ind-211-2025.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20270/ind-212-2025.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20271/ind-213-2025.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20272/ind-214-2025.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20274/ind-215-2025.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20275/ind-216-2025.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20282/ind-217-2025.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20284/ind-219-2025.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20285/ind-220-2025.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20286/ind-221-2025.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20287/ind-222-2025.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20288/ind-223-2025.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20289/ind-224-2025.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20290/ind-225-2025.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20291/ind-226-2025.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20292/ind-227-2025.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20293/ind-228-2025.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20294/ind-229-2025.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20295/ind-230-2025.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20296/ind-231-2025.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20297/ind-232-2025.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20298/ind-233-2025.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20299/ind-234-2025.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20300/ind-235-2025.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20301/ind-236-2025.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20302/ind-237-2025.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20303/ind-238-2025.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20304/ind-239-2025.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20305/ind-240-2025.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20306/ind-241-2025.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20307/ind-242-2025.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20314/ind-243-2025.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20326/ind-244-2025.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20327/ind-245-2025.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20328/ind-246-2025.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20329/ind-247-2025.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20330/ind-248-2025.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20331/ind-249-2025.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20332/ind-250-2025.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20333/ind-251-2025.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20334/ind-252-2025.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20335/ind-253-2025.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20336/ind-254-2025.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20337/ind-255-2025.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20338/ind-256-2025.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20339/ind-257-2025.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20340/ind-258-2025.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20341/ind-259-2025.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20342/ind-260-2025.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20343/ind-261-2025.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20344/ind-262-2025.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20345/ind-263-2025.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20346/ind-264-2025.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20347/ind-265-2025.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20348/ind-266-2025.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20349/ind-267-2025.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20350/ind-268-2025.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20351/ind-269-2025.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20352/ind-270-2025.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20353/ind-271-2025.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20354/ind-272-2025.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20366/ind-273-2025.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20367/ind-274-2025.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20368/ind-275-2025.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20369/ind-276-2025.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20370/ind-277-2025.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20371/ind-278-2025.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20372/ind-279-2025.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20373/ind-280-2025.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20374/ind-281-2025.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20375/ind-282-2025.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20376/ind-283-2025.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20377/ind-284-2025.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20378/ind-285-2025.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20379/ind-286-2025.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20380/ind-287-2025.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20381/ind-288-2025.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20382/ind-289-2025.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20383/ind-290-2025.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20384/ind-291-2025.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20385/ind-292-2025.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20386/ind-293-2025.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20387/ind-294-2025.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20388/ind-295-2025.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20389/ind-296-2025.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20390/ind-297-2025.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20391/ind-298-2025.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20392/ind-299-2025.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20393/ind-300-2025.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20394/ind-301-2025.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20395/ind-302-2025.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20396/ind-303-2025.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20397/ind-304-2025.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20398/ind-305-2025.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20399/ind-306-2025.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20400/ind-307-2025.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20401/ind-308-2025.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20414/ind-309-2025.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20415/ind-310-2025.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20416/ind-311-2025.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20417/ind-312-2025.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20418/ind-313-2025.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20419/ind-314-2025.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20420/ind-315-2025.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20421/ind-316-2025.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20422/ind-317-2025.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20423/ind-318-2025.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20424/ind-319-2025.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20425/ind-320-2025.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20426/ind-321-2025.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20427/ind-322-2025.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20428/ind-323-2025.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20429/ind-324-2025.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20430/ind-325-2025.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20431/ind-326-2025.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20432/ind-327-2025.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20433/ind-328-2025.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20434/ind-329-2025.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20435/ind-330-2025.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20442/ind-331-2025.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20443/ind-332-2025.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20444/ind-333-2025.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20445/ind-334-2025.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20446/ind-335-2025.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20447/ind-336-2025.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20448/ind-337-2025.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20449/ind-338-2025.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20450/ind-339-2025.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20451/ind-340-2025.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20452/ind-341-2025.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20453/ind-342-2025.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20454/ind-343-2025.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20455/ind-344-2025.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20456/ind-345-2025.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20457/ind-346-2025.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20458/ind-347-2025.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20459/ind-348-2025.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20460/ind-349-2025.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20461/ind-350-2025.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20462/ind-351-2025.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20463/ind-352-2025.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20464/ind-353-2025.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20465/ind-354-2025.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20466/ind-355-2025.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20467/ind-356-2025.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20468/ind-357-2025.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20469/ind-358-2025.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20470/ind-359-2025.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20471/ind-360-2025.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20472/ind-361-2025.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20473/ind-362-2025.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20502/ind-363-2025.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20503/ind-364-2025.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20504/ind-365-2025.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20505/ind-366-2025.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20506/ind-367-2025.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20507/ind-368-2025.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20508/ind-369-2025.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20509/ind-370-2025.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20510/ind-371-2025.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20511/ind-372-2025.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20512/ind-373-2025.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20513/ind-374-2025.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20514/ind-375-2025.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20515/ind-376-2025.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20516/ind-377-2025.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20517/ind-378-2025.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20518/ind-379-2025.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20519/ind-380-2025.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20520/ind-381-2025.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20521/ind-382-2025.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20522/ind-383-2025.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20523/ind-384-2025.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20524/ind-385-2025.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20525/ind-386-2025.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20526/ind-387-2025.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20527/ind-388-2025.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20528/ind-389-2025.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20549/ind-390-2025.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20550/ind-391-2025.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20551/ind-392-2025.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20552/ind-393-2025.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20553/ind-394-2025.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20554/ind-395-2025.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20556/ind-396-2025.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20559/ind-397-2025.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20560/ind-398-2025.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20561/ind-399-2025.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20562/ind-400-2025.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20563/ind-401-2025.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20564/ind-402-2025.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20565/ind-403-2025.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20566/ind-404-2025.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20567/ind-405-2025.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20568/ind-406-2025.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20569/ind-407-2025.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20570/ind-408-2025.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20571/ind-409-2025.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20572/ind-410-2025.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20573/ind-411-2025.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20574/ind-412-2025.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20575/ind-413-2025.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20576/ind-414-2025.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20577/ind-415-2025.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20578/ind-416-2025.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20583/ind-417-2025.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20584/ind-418-2025.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20585/ind-419-2025.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20586/ind-420-2025.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20587/ind-421-2025.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20588/ind-422-2025.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20589/ind-423-2025.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20590/ind-424-2025.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20591/ind-425-2025.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20592/ind-426-2025.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20593/ind-427-2025.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20594/ind-428-2025.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20595/ind-429-2025.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20596/ind-430-2025.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20597/ind-431-2025.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20598/ind-432-2025.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20599/ind-433-2025.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20600/ind-434-2025.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20601/ind-435-2025.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20602/ind-436-2025.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20603/ind-437-2025.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20604/ind-438-2025.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20605/ind-439-2025.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20606/ind-440-2025.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20607/ind-441-2025.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20608/ind-442-2025.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20609/ind-443-2025.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20610/ind-444-2025.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20611/ind-445-2025.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20612/ind-446-2025.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20613/ind-447-2025.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20629/ind-448-2025.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20630/ind-449-2025.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20631/ind-450-2025.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20632/ind-451-2025.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20633/ind-452-2025.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20634/ind-453-2025.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20635/ind-454-2025.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20636/ind-455-2025.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20637/ind-456-2025.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20638/ind-457-2025.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20639/ind-458-2025.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20640/ind-459-2025.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20641/ind-460-2025.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20642/ind-461-2025.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20643/ind-462-2025.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20644/ind-463-2025.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20645/ind-464-2025.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20646/ind-465-2025.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20647/ind-466-2025.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20648/ind-467-2025.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20650/ind-468-2025.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20651/ind-469-2025.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20652/ind-470-2025.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20653/ind-471-2025.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20661/ind-472-2025.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20662/ind-473-2025.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20663/ind-474-2025.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20664/ind-475-2025.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20665/ind-476-2025.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20666/ind-477-2025.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20667/ind-478-2025.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20668/ind-479-2025.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20669/ind-480-2025.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20670/ind-481-2025.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20671/ind-482-2025.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20672/ind-483-2025.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20673/ind-484-2025.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20674/ind-485-2025.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20675/ind-486-2025.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20676/ind-487-2025.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20677/ind-488-2025.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20678/ind-489-2025.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20679/ind-490-2025.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20680/ind-491-2025.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20681/ind-492-2025.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20682/ind-493-2025.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20683/ind-494-2025.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20684/ind-495-2025.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20685/ind-496-2025.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20686/ind-497-2025.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20687/ind-498-2025.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20688/ind-499-2025.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20689/ind-500-2025.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20690/ind-501-2025.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20691/ind-502-2025.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20693/ind-503-2025.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20694/ind-504-2025.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20695/ind-505-2025.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20696/ind-506-2025.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20711/ind-507-2025.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20712/ind-508-2025.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20713/ind-509-2025.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20714/ind-510-2025.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20715/ind-511-2025.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20716/ind-512-2025.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20717/ind-513-2025.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20718/ind-514-2025.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20719/ind-515-2025.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20720/ind-516-2025.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20721/ind-517-2025.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20722/ind-518-2025.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20723/ind-519-2025.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20724/ind-520-2025.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20725/ind-521-2025.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20726/ind-522-2025.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20727/ind-523-2025.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20728/ind-524-2025.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20729/ind-525-2025.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20730/ind-526-2025.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20731/ind-527-2025.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20732/ind-528-2025.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20733/ind-529-2025.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20734/ind-530-2025.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20735/ind-531-2025.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20736/ind-532-2025.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20737/ind-533-2025.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20738/ind-534-2025.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20739/ind-535-2025.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20740/ind-536-2025.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20741/ind-537-2025.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20742/ind-538-2025.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20743/ind-539-2025.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20744/ind-540-2025.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20745/ind-541-2025.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20746/ind-542-2025.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20754/ind-543-2025.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20755/ind-544-2025.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20756/ind-545-2025.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20757/ind-546-2025.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20758/ind-547-2025.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20759/ind-548-2025.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20760/ind-549-2025.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20761/ind-550-2025.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20762/ind-551-2025.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20763/ind-552-2025.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20764/ind-553-2025.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20766/ind-555-2025.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20767/ind-556-2025.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20768/ind-557-2025.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20769/ind-558-2025.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20770/ind-559-2025.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20771/ind-560-2025.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20772/ind-561-2025.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20773/ind-562-2025.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20774/ind-563-2023.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20775/ind-564-2025.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20776/ind-565-2025.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20777/ind-566-2025.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20778/ind-567-2025.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20779/ind-568-2025.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20780/ind-569-2025.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20088/moc-001-2025.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20138/moc-002-2025.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20151/moc-003-2025.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20183/moc-004-2025.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20184/moc-005-2025.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20185/moc-006-2025.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20186/moc-007-2025.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20187/moc-008-2025.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20188/moc-009-2025.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20189/moc-010-2025.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20205/moc-011-2025.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20268/moc-012-2025.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20269/moc-013-2025.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20273/moc-014-2025.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20276/moc-015-2025.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20277/moc-016-2025.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20278/moc-017-2025.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20319/moc-019-2025.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20320/moc-020-2025.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20321/moc-021-2025.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20322/moc-022-2025.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20323/moc-023-2025.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20324/moc-024-2025.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20325/moc-025-2025.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20359/moc-026-2025.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20360/moc-027-2025.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20412/moc-028-2025.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20413/moc-029-2025.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20479/moc-030-2025.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20480/moc-031-2025.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20481/moc-032-2025.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20482/moc-033-2025.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20483/moc-034-2025.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20484/moc-035-2025.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20485/moc-036-2025.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20486/moc-037-2025.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20487/moc-038-2025.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20488/moc-039-2025.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20537/moc-041-2025.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20538/moc-042-2025.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20539/moc-043-2025.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20540/moc-044-2025.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20541/moc-045-2025.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20542/moc-046-2025.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20543/moc-047-2025.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20544/moc-048-2025.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20545/moc-049-2025.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20546/moc-050-2025.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20619/moc-051-2025.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20620/moc-052-2025.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20621/moc-053-2025.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20622/moc-054-2025.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20623/moc-055-2025.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20624/moc-056-2025.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20625/moc-057-2025.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20626/moc-058-2025.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20649/moc-059-2025.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20692/moc-060-2025.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20701/moc-061-2025.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20702/moc-062-2025.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20703/moc-063-2025.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20704/moc-064-2025.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20705/moc-065-2025.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20706/moc-066-2025.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20708/moc-067-2025.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20709/moc-068-2025.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20710/moc-069-2025.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20781/pdl_001-25.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20310/001-25.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20579/002-25.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20749/003-25.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20124/001-25.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20126/002-25.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20154/003-25.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20215/004-25.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20280/005-25.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20308/006-25.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20315/007-25.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20363/008-25.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20406/009-25.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20410/010-25.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20478/011-25.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20495/012-25.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20496/013-25.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20497/014-25.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20500/015-25.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20627/016-25.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20658/017-25.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20748/018-25.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20012/001-25.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20013/002-25.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20014/003-25.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20016/004-25.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20017/005-25.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20060/006-25.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20062/007-25.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20089/008-25.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20090/009-25.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20092/011-25.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20118/012-25.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20119/013-25.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20120/014-25.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20121/015-25.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20122/016-25.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20125/017-25.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20127/018-25.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20152/019-25.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20153/020-25.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20182/021-25.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20190/022-25.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20216/023-25.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20217/024-25.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20218/025-25.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20219/026-25.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20279/027-25.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20281/028-25.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20309/029-25.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20312/030-25.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20313/031-25.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20317/032-25.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20316/033-25.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20355/034-25.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20356/035-25.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20358/036-25.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20361/037-25.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20362/038-25.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20402/039-25.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20403/040-25.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20404/041-25.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20405/042-25.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20408/044-25.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20409/045-25.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20411/046-25.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20436/047-25.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20437/048-25.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20438/049-25.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20439/050-25.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20440/051-25.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20441/052-25.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20474/053-25.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20475/054-25.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20476/055-25.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20477/056-25.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20490/057-25.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20491/058-25.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20492/059-25.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20494/060-25.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20498/061-25_ppa.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20499/062-25_ldo_2026.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20501/063-25.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20529/064-25.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20530/065-25.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20531/066-25.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20532/067-25.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20533/068-25.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20534/069-25.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20535/070-25.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20536/071-25.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20547/072-25_loa.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20548/073-25.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20555/074-25.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20557/075-25.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20558/076-25.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20580/077-25.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20581/078-25.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20582/079-25.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20614/080-25.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20615/081-25.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20616/082-25.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20617/083-25.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20618/084-25.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20628/085-25.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20654/086-25.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20655/087-25.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20656/088-25.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20657/089-25.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20659/090-25.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20660/091-25.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20697/092-25.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20698/093-25.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20699/094-25.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20700/095-25.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20747/096-25.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20750/097-25.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20751/098-25.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20752/099-25.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20753/100-25.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20015/pr_001-25.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20061/pr_002-25.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20311/pr_003-25.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20357/pr_004-25.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20364/pr_005-25.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20493/pr_007-25.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20018/req-001-2025.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20123/documentos_unificados_pa_124-25.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20019/ind-001-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20020/ind-002-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20021/ind-003-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20022/ind-004-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20023/ind-005-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20024/ind-006-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20025/ind-007-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20026/ind-008-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20027/ind-009-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20028/ind-010-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20029/ind-011-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20030/ind-012-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20031/ind-013-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20032/ind-014-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20033/ind-015-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20034/ind-016-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20035/ind-017-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20036/ind-018-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20037/ind-019-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20038/ind-020-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20039/ind-021-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20040/ind-022-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20041/ind-023-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20042/ind-024-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20043/ind-025-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20044/ind-026-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20045/ind-027-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20046/ind-028-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20047/ind-029-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20048/ind-030-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20049/ind-031-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20050/ind-032-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20051/ind-033-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20052/ind-034-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20053/ind-035-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20054/ind-036-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20055/ind-037-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20056/ind-038-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20057/ind-039-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20058/ind-040-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20059/ind-041-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20063/ind-042-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20064/ind-043-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20065/ind-044-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20066/ind-045-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20067/ind-046-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20068/ind-047-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20069/ind-048-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20070/ind-049-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20071/ind-050-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20072/ind-051-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20073/ind-052-2025_lgpd.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20074/ind-053-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20075/ind-054-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20076/ind-055-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20077/ind-056-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20078/ind-057-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20079/ind-058-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20080/ind-059-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20081/ind-060-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20082/ind-061-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20083/ind-062-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20084/ind-063-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20085/ind-064-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20086/ind-065-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20087/ind-066-2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20093/ind-067-2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20094/ind-068-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20095/ind-069-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20096/ind-070-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20097/ind-071-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20098/ind-072-2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20099/ind-073-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20100/ind-074-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20101/ind-075-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20102/ind-076-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20103/ind-077-2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20104/ind-078-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20105/ind-079-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20106/ind-080-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20107/ind-081-2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20108/ind-082-2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20109/ind-083-2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20110/ind-084-2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20111/ind-085-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20112/ind-086-2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20113/ind-087-2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20114/ind-088-2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20115/ind-089-2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20116/ind-090-2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20117/ind-091-2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20128/ind-092-2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20129/ind-093-2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20130/ind-094-2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20131/ind-095-2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20132/ind-096-2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20133/ind-097-2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20134/ind-098-2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20135/ind-099-2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20136/ind-100-2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20137/ind-101-2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20139/ind-102-2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20140/ind-103-2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20141/ind-104-2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20142/ind-105-2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20143/ind-106-2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20144/ind-107-2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20145/ind-108-2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20146/ind-109-2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20147/ind-110-2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20148/ind-111-2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20149/ind-112-2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20150/ind-113-2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20155/ind-114-2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20156/ind-115-2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20157/ind-116-2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20158/ind-117-2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20159/ind-118-2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20160/ind-119-2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20161/ind-120-2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20162/ind-121-2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20163/ind-122-2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20164/ind-123-2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20165/ind-124-2025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20166/ind-125-2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20167/ind-126-2025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20168/ind-127-2025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20169/ind-128-2025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20170/ind-129-2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20171/ind-130-2025.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20172/ind-131-2025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20173/ind-132-2025.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20174/ind-133-2025.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20175/ind-134-2025.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20176/ind-135-2025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20177/ind-136-2025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20178/ind-137-2025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20179/ind-138-2025.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20180/ind-139-2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20181/ind-140-2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20191/ind-141-2025.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20192/ind-142-2025.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20193/ind-143-2025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20194/ind-144-2025.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20195/ind-145-2025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20196/ind-146-2025.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20197/ind-147-2025.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20198/ind-148-2025.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20199/ind-149-2025.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20200/ind-150-2025.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20201/ind-151-2025.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20202/ind-152-2025.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20203/ind-153-2025.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20204/ind-154-2025.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20206/ind-155-2025.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20207/ind-156-2025.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20208/ind-157-2025.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20209/ind-158-2025.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20210/ind-159-2025.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20211/ind-160-2025.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20212/ind-161-2025.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20213/ind-162-2025.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20214/ind-163-2025.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20220/ind-164-2025.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20221/ind-165-2025.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20222/ind-166-2025.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20223/ind-167-2025.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20224/ind-168-2025.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20225/ind-169-2025.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20226/ind-170-2025.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20227/ind-171-2025.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20228/ind-172-2025.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20229/ind-173-2025.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20230/ind-174-2025.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20231/ind-175-2025.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20232/ind-176-2025.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20233/ind-177-2025.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20234/ind-178-2025.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20235/ind-179-2025.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20236/ind-180-2025.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20237/ind-181-2025.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20238/ind-182-2025.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20239/ind-183-2025.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20240/ind-184-2025.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20241/ind-185-2025.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20242/ind-186-2025.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20243/ind-187-2025.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20244/ind-188-2025.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20245/ind-189-2025.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20246/ind-190-2025.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20247/ind-191-2025.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20248/ind-192-2025.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20249/ind-193-2025.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20250/ind-194-2025.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20251/ind-195-2025.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20253/ind-197-2025.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20254/ind-198-2025.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20255/ind-199-2025.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20256/ind-200-2025.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20257/ind-201-2025.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20258/ind-202-2025.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20259/ind-203-2025.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20260/ind-204-2025.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20261/ind-205-2025.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20262/ind-206-2025.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20263/ind-207-2025.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20264/ind-208-2025.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20265/ind-209-2025.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20266/ind-210-2025.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20267/ind-211-2025.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20270/ind-212-2025.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20271/ind-213-2025.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20272/ind-214-2025.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20274/ind-215-2025.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20275/ind-216-2025.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20282/ind-217-2025.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20284/ind-219-2025.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20285/ind-220-2025.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20286/ind-221-2025.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20287/ind-222-2025.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20288/ind-223-2025.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20289/ind-224-2025.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20290/ind-225-2025.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20291/ind-226-2025.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20292/ind-227-2025.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20293/ind-228-2025.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20294/ind-229-2025.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20295/ind-230-2025.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20296/ind-231-2025.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20297/ind-232-2025.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20298/ind-233-2025.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20299/ind-234-2025.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20300/ind-235-2025.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20301/ind-236-2025.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20302/ind-237-2025.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20303/ind-238-2025.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20304/ind-239-2025.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20305/ind-240-2025.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20306/ind-241-2025.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20307/ind-242-2025.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20314/ind-243-2025.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20326/ind-244-2025.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20327/ind-245-2025.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20328/ind-246-2025.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20329/ind-247-2025.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20330/ind-248-2025.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20331/ind-249-2025.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20332/ind-250-2025.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20333/ind-251-2025.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20334/ind-252-2025.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20335/ind-253-2025.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20336/ind-254-2025.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20337/ind-255-2025.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20338/ind-256-2025.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20339/ind-257-2025.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20340/ind-258-2025.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20341/ind-259-2025.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20342/ind-260-2025.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20343/ind-261-2025.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20344/ind-262-2025.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20345/ind-263-2025.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20346/ind-264-2025.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20347/ind-265-2025.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20348/ind-266-2025.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20349/ind-267-2025.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20350/ind-268-2025.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20351/ind-269-2025.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20352/ind-270-2025.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20353/ind-271-2025.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20354/ind-272-2025.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20366/ind-273-2025.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20367/ind-274-2025.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20368/ind-275-2025.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20369/ind-276-2025.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20370/ind-277-2025.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20371/ind-278-2025.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20372/ind-279-2025.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20373/ind-280-2025.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20374/ind-281-2025.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20375/ind-282-2025.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20376/ind-283-2025.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20377/ind-284-2025.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20378/ind-285-2025.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20379/ind-286-2025.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20380/ind-287-2025.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20381/ind-288-2025.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20382/ind-289-2025.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20383/ind-290-2025.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20384/ind-291-2025.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20385/ind-292-2025.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20386/ind-293-2025.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20387/ind-294-2025.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20388/ind-295-2025.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20389/ind-296-2025.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20390/ind-297-2025.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20391/ind-298-2025.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20392/ind-299-2025.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20393/ind-300-2025.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20394/ind-301-2025.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20395/ind-302-2025.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20396/ind-303-2025.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20397/ind-304-2025.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20398/ind-305-2025.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20399/ind-306-2025.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20400/ind-307-2025.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20401/ind-308-2025.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20414/ind-309-2025.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20415/ind-310-2025.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20416/ind-311-2025.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20417/ind-312-2025.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20418/ind-313-2025.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20419/ind-314-2025.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20420/ind-315-2025.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20421/ind-316-2025.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20422/ind-317-2025.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20423/ind-318-2025.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20424/ind-319-2025.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20425/ind-320-2025.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20426/ind-321-2025.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20427/ind-322-2025.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20428/ind-323-2025.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20429/ind-324-2025.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20430/ind-325-2025.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20431/ind-326-2025.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20432/ind-327-2025.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20433/ind-328-2025.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20434/ind-329-2025.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20435/ind-330-2025.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20442/ind-331-2025.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20443/ind-332-2025.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20444/ind-333-2025.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20445/ind-334-2025.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20446/ind-335-2025.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20447/ind-336-2025.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20448/ind-337-2025.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20449/ind-338-2025.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20450/ind-339-2025.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20451/ind-340-2025.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20452/ind-341-2025.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20453/ind-342-2025.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20454/ind-343-2025.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20455/ind-344-2025.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20456/ind-345-2025.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20457/ind-346-2025.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20458/ind-347-2025.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20459/ind-348-2025.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20460/ind-349-2025.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20461/ind-350-2025.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20462/ind-351-2025.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20463/ind-352-2025.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20464/ind-353-2025.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20465/ind-354-2025.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20466/ind-355-2025.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20467/ind-356-2025.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20468/ind-357-2025.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20469/ind-358-2025.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20470/ind-359-2025.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20471/ind-360-2025.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20472/ind-361-2025.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20473/ind-362-2025.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20502/ind-363-2025.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20503/ind-364-2025.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20504/ind-365-2025.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20505/ind-366-2025.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20506/ind-367-2025.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20507/ind-368-2025.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20508/ind-369-2025.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20509/ind-370-2025.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20510/ind-371-2025.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20511/ind-372-2025.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20512/ind-373-2025.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20513/ind-374-2025.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20514/ind-375-2025.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20515/ind-376-2025.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20516/ind-377-2025.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20517/ind-378-2025.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20518/ind-379-2025.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20519/ind-380-2025.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20520/ind-381-2025.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20521/ind-382-2025.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20522/ind-383-2025.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20523/ind-384-2025.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20524/ind-385-2025.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20525/ind-386-2025.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20526/ind-387-2025.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20527/ind-388-2025.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20528/ind-389-2025.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20549/ind-390-2025.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20550/ind-391-2025.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20551/ind-392-2025.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20552/ind-393-2025.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20553/ind-394-2025.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20554/ind-395-2025.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20556/ind-396-2025.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20559/ind-397-2025.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20560/ind-398-2025.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20561/ind-399-2025.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20562/ind-400-2025.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20563/ind-401-2025.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20564/ind-402-2025.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20565/ind-403-2025.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20566/ind-404-2025.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20567/ind-405-2025.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20568/ind-406-2025.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20569/ind-407-2025.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20570/ind-408-2025.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20571/ind-409-2025.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20572/ind-410-2025.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20573/ind-411-2025.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20574/ind-412-2025.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20575/ind-413-2025.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20576/ind-414-2025.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20577/ind-415-2025.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20578/ind-416-2025.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20583/ind-417-2025.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20584/ind-418-2025.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20585/ind-419-2025.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20586/ind-420-2025.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20587/ind-421-2025.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20588/ind-422-2025.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20589/ind-423-2025.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20590/ind-424-2025.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20591/ind-425-2025.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20592/ind-426-2025.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20593/ind-427-2025.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20594/ind-428-2025.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20595/ind-429-2025.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20596/ind-430-2025.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20597/ind-431-2025.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20598/ind-432-2025.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20599/ind-433-2025.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20600/ind-434-2025.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20601/ind-435-2025.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20602/ind-436-2025.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20603/ind-437-2025.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20604/ind-438-2025.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20605/ind-439-2025.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20606/ind-440-2025.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20607/ind-441-2025.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20608/ind-442-2025.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20609/ind-443-2025.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20610/ind-444-2025.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20611/ind-445-2025.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20612/ind-446-2025.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20613/ind-447-2025.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20629/ind-448-2025.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20630/ind-449-2025.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20631/ind-450-2025.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20632/ind-451-2025.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20633/ind-452-2025.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20634/ind-453-2025.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20635/ind-454-2025.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20636/ind-455-2025.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20637/ind-456-2025.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20638/ind-457-2025.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20639/ind-458-2025.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20640/ind-459-2025.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20641/ind-460-2025.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20642/ind-461-2025.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20643/ind-462-2025.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20644/ind-463-2025.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20645/ind-464-2025.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20646/ind-465-2025.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20647/ind-466-2025.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20648/ind-467-2025.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20650/ind-468-2025.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20651/ind-469-2025.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20652/ind-470-2025.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20653/ind-471-2025.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20661/ind-472-2025.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20662/ind-473-2025.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20663/ind-474-2025.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20664/ind-475-2025.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20665/ind-476-2025.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20666/ind-477-2025.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20667/ind-478-2025.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20668/ind-479-2025.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20669/ind-480-2025.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20670/ind-481-2025.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20671/ind-482-2025.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20672/ind-483-2025.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20673/ind-484-2025.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20674/ind-485-2025.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20675/ind-486-2025.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20676/ind-487-2025.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20677/ind-488-2025.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20678/ind-489-2025.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20679/ind-490-2025.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20680/ind-491-2025.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20681/ind-492-2025.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20682/ind-493-2025.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20683/ind-494-2025.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20684/ind-495-2025.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20685/ind-496-2025.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20686/ind-497-2025.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20687/ind-498-2025.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20688/ind-499-2025.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20689/ind-500-2025.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20690/ind-501-2025.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20691/ind-502-2025.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20693/ind-503-2025.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20694/ind-504-2025.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20695/ind-505-2025.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20696/ind-506-2025.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20711/ind-507-2025.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20712/ind-508-2025.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20713/ind-509-2025.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20714/ind-510-2025.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20715/ind-511-2025.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20716/ind-512-2025.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20717/ind-513-2025.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20718/ind-514-2025.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20719/ind-515-2025.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20720/ind-516-2025.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20721/ind-517-2025.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20722/ind-518-2025.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20723/ind-519-2025.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20724/ind-520-2025.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20725/ind-521-2025.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20726/ind-522-2025.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20727/ind-523-2025.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20728/ind-524-2025.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20729/ind-525-2025.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20730/ind-526-2025.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20731/ind-527-2025.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20732/ind-528-2025.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20733/ind-529-2025.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20734/ind-530-2025.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20735/ind-531-2025.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20736/ind-532-2025.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20737/ind-533-2025.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20738/ind-534-2025.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20739/ind-535-2025.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20740/ind-536-2025.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20741/ind-537-2025.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20742/ind-538-2025.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20743/ind-539-2025.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20744/ind-540-2025.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20745/ind-541-2025.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20746/ind-542-2025.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20754/ind-543-2025.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20755/ind-544-2025.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20756/ind-545-2025.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20757/ind-546-2025.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20758/ind-547-2025.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20759/ind-548-2025.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20760/ind-549-2025.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20761/ind-550-2025.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20762/ind-551-2025.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20763/ind-552-2025.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20764/ind-553-2025.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20766/ind-555-2025.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20767/ind-556-2025.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20768/ind-557-2025.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20769/ind-558-2025.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20770/ind-559-2025.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20771/ind-560-2025.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20772/ind-561-2025.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20773/ind-562-2025.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20774/ind-563-2023.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20775/ind-564-2025.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20776/ind-565-2025.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20777/ind-566-2025.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20778/ind-567-2025.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20779/ind-568-2025.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20780/ind-569-2025.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20088/moc-001-2025.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20138/moc-002-2025.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20151/moc-003-2025.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20183/moc-004-2025.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20184/moc-005-2025.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20185/moc-006-2025.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20186/moc-007-2025.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20187/moc-008-2025.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20188/moc-009-2025.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20189/moc-010-2025.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20205/moc-011-2025.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20268/moc-012-2025.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20269/moc-013-2025.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20273/moc-014-2025.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20276/moc-015-2025.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20277/moc-016-2025.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20278/moc-017-2025.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20319/moc-019-2025.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20320/moc-020-2025.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20321/moc-021-2025.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20322/moc-022-2025.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20323/moc-023-2025.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20324/moc-024-2025.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20325/moc-025-2025.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20359/moc-026-2025.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20360/moc-027-2025.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20412/moc-028-2025.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20413/moc-029-2025.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20479/moc-030-2025.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20480/moc-031-2025.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20481/moc-032-2025.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20482/moc-033-2025.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20483/moc-034-2025.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20484/moc-035-2025.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20485/moc-036-2025.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20486/moc-037-2025.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20487/moc-038-2025.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20488/moc-039-2025.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20537/moc-041-2025.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20538/moc-042-2025.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20539/moc-043-2025.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20540/moc-044-2025.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20541/moc-045-2025.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20542/moc-046-2025.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20543/moc-047-2025.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20544/moc-048-2025.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20545/moc-049-2025.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20546/moc-050-2025.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20619/moc-051-2025.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20620/moc-052-2025.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20621/moc-053-2025.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20622/moc-054-2025.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20623/moc-055-2025.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20624/moc-056-2025.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20625/moc-057-2025.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20626/moc-058-2025.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20649/moc-059-2025.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20692/moc-060-2025.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20701/moc-061-2025.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20702/moc-062-2025.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20703/moc-063-2025.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20704/moc-064-2025.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20705/moc-065-2025.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20706/moc-066-2025.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20708/moc-067-2025.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20709/moc-068-2025.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20710/moc-069-2025.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20781/pdl_001-25.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20310/001-25.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20579/002-25.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20749/003-25.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20124/001-25.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20126/002-25.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20154/003-25.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20215/004-25.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20280/005-25.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20308/006-25.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20315/007-25.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20363/008-25.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20406/009-25.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20410/010-25.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20478/011-25.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20495/012-25.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20496/013-25.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20497/014-25.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20500/015-25.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20627/016-25.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20658/017-25.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20748/018-25.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20783/019-25.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20012/001-25.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20013/002-25.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20014/003-25.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20016/004-25.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20017/005-25.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20060/006-25.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20062/007-25.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20089/008-25.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20090/009-25.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20092/011-25.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20118/012-25.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20119/013-25.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20120/014-25.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20121/015-25.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20122/016-25.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20125/017-25.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20127/018-25.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20152/019-25.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20153/020-25.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20182/021-25.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20190/022-25.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20216/023-25.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20217/024-25.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20218/025-25.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20219/026-25.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20279/027-25.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20281/028-25.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20309/029-25.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20312/030-25.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20313/031-25.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20317/032-25.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20316/033-25.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20355/034-25.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20356/035-25.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20358/036-25.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20361/037-25.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20362/038-25.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20402/039-25.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20403/040-25.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20404/041-25.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20405/042-25.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20408/044-25.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20409/045-25.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20411/046-25.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20436/047-25.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20437/048-25.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20438/049-25.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20439/050-25.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20440/051-25.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20441/052-25.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20474/053-25.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20475/054-25.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20476/055-25.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20477/056-25.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20490/057-25.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20491/058-25.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20492/059-25.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20494/060-25.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20498/061-25_ppa.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20499/062-25_ldo_2026.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20501/063-25.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20529/064-25.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20530/065-25.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20531/066-25.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20532/067-25.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20533/068-25.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20534/069-25.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20535/070-25.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20536/071-25.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20547/072-25_loa.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20548/073-25.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20555/074-25.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20557/075-25.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20558/076-25.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20580/077-25.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20581/078-25.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20582/079-25.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20614/080-25.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20615/081-25.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20616/082-25.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20617/083-25.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20618/084-25.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20628/085-25.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20654/086-25.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20655/087-25.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20656/088-25.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20657/089-25.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20659/090-25.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20660/091-25.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20697/092-25.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20698/093-25.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20699/094-25.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20700/095-25.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20747/096-25.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20750/097-25.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20751/098-25.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20752/099-25.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20753/100-25.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20782/101-25.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20015/pr_001-25.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20061/pr_002-25.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20311/pr_003-25.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20357/pr_004-25.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20364/pr_005-25.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20493/pr_007-25.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/sapl/public/materialegislativa/2025/20018/req-001-2025.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H770"/>
+  <dimension ref="A1:H772"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="138.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="107.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -26348,2848 +26366,2900 @@
       </c>
       <c r="D662" t="s">
         <v>2533</v>
       </c>
       <c r="E662" t="s">
         <v>2534</v>
       </c>
       <c r="F662" t="s">
         <v>2523</v>
       </c>
       <c r="G662" s="1" t="s">
         <v>2586</v>
       </c>
       <c r="H662" t="s">
         <v>2587</v>
       </c>
     </row>
     <row r="663" spans="1:8">
       <c r="A663" t="s">
         <v>2588</v>
       </c>
       <c r="B663" t="s">
         <v>9</v>
       </c>
       <c r="C663" t="s">
-        <v>10</v>
+        <v>93</v>
       </c>
       <c r="D663" t="s">
+        <v>2533</v>
+      </c>
+      <c r="E663" t="s">
+        <v>2534</v>
+      </c>
+      <c r="F663" t="s">
+        <v>2523</v>
+      </c>
+      <c r="G663" s="1" t="s">
         <v>2589</v>
       </c>
-      <c r="E663" t="s">
+      <c r="H663" t="s">
         <v>2590</v>
-      </c>
-[...7 lines deleted...]
-        <v>2592</v>
       </c>
     </row>
     <row r="664" spans="1:8">
       <c r="A664" t="s">
+        <v>2591</v>
+      </c>
+      <c r="B664" t="s">
+        <v>9</v>
+      </c>
+      <c r="C664" t="s">
+        <v>10</v>
+      </c>
+      <c r="D664" t="s">
+        <v>2592</v>
+      </c>
+      <c r="E664" t="s">
         <v>2593</v>
-      </c>
-[...10 lines deleted...]
-        <v>2590</v>
       </c>
       <c r="F664" t="s">
         <v>28</v>
       </c>
       <c r="G664" s="1" t="s">
         <v>2594</v>
       </c>
       <c r="H664" t="s">
         <v>2595</v>
       </c>
     </row>
     <row r="665" spans="1:8">
       <c r="A665" t="s">
         <v>2596</v>
       </c>
       <c r="B665" t="s">
         <v>9</v>
       </c>
       <c r="C665" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="D665" t="s">
-        <v>2589</v>
+        <v>2592</v>
       </c>
       <c r="E665" t="s">
-        <v>2590</v>
+        <v>2593</v>
       </c>
       <c r="F665" t="s">
-        <v>89</v>
+        <v>28</v>
       </c>
       <c r="G665" s="1" t="s">
         <v>2597</v>
       </c>
       <c r="H665" t="s">
         <v>2598</v>
       </c>
     </row>
     <row r="666" spans="1:8">
       <c r="A666" t="s">
         <v>2599</v>
       </c>
       <c r="B666" t="s">
         <v>9</v>
       </c>
       <c r="C666" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="D666" t="s">
-        <v>2589</v>
+        <v>2592</v>
       </c>
       <c r="E666" t="s">
-        <v>2590</v>
+        <v>2593</v>
       </c>
       <c r="F666" t="s">
-        <v>2523</v>
+        <v>89</v>
       </c>
       <c r="G666" s="1" t="s">
         <v>2600</v>
       </c>
       <c r="H666" t="s">
         <v>2601</v>
       </c>
     </row>
     <row r="667" spans="1:8">
       <c r="A667" t="s">
         <v>2602</v>
       </c>
       <c r="B667" t="s">
         <v>9</v>
       </c>
       <c r="C667" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="D667" t="s">
-        <v>2589</v>
+        <v>2592</v>
       </c>
       <c r="E667" t="s">
-        <v>2590</v>
+        <v>2593</v>
       </c>
       <c r="F667" t="s">
-        <v>173</v>
+        <v>2523</v>
       </c>
       <c r="G667" s="1" t="s">
         <v>2603</v>
       </c>
       <c r="H667" t="s">
         <v>2604</v>
       </c>
     </row>
     <row r="668" spans="1:8">
       <c r="A668" t="s">
         <v>2605</v>
       </c>
       <c r="B668" t="s">
         <v>9</v>
       </c>
       <c r="C668" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="D668" t="s">
-        <v>2589</v>
+        <v>2592</v>
       </c>
       <c r="E668" t="s">
-        <v>2590</v>
+        <v>2593</v>
       </c>
       <c r="F668" t="s">
+        <v>173</v>
+      </c>
+      <c r="G668" s="1" t="s">
         <v>2606</v>
       </c>
-      <c r="G668" s="1" t="s">
+      <c r="H668" t="s">
         <v>2607</v>
-      </c>
-[...1 lines deleted...]
-        <v>2608</v>
       </c>
     </row>
     <row r="669" spans="1:8">
       <c r="A669" t="s">
+        <v>2608</v>
+      </c>
+      <c r="B669" t="s">
+        <v>9</v>
+      </c>
+      <c r="C669" t="s">
+        <v>40</v>
+      </c>
+      <c r="D669" t="s">
+        <v>2592</v>
+      </c>
+      <c r="E669" t="s">
+        <v>2593</v>
+      </c>
+      <c r="F669" t="s">
         <v>2609</v>
-      </c>
-[...13 lines deleted...]
-        <v>2523</v>
       </c>
       <c r="G669" s="1" t="s">
         <v>2610</v>
       </c>
       <c r="H669" t="s">
         <v>2611</v>
       </c>
     </row>
     <row r="670" spans="1:8">
       <c r="A670" t="s">
         <v>2612</v>
       </c>
       <c r="B670" t="s">
         <v>9</v>
       </c>
       <c r="C670" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="D670" t="s">
-        <v>2589</v>
+        <v>2592</v>
       </c>
       <c r="E670" t="s">
-        <v>2590</v>
+        <v>2593</v>
       </c>
       <c r="F670" t="s">
-        <v>28</v>
+        <v>2523</v>
       </c>
       <c r="G670" s="1" t="s">
         <v>2613</v>
       </c>
       <c r="H670" t="s">
         <v>2614</v>
       </c>
     </row>
     <row r="671" spans="1:8">
       <c r="A671" t="s">
         <v>2615</v>
       </c>
       <c r="B671" t="s">
         <v>9</v>
       </c>
       <c r="C671" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="D671" t="s">
-        <v>2589</v>
+        <v>2592</v>
       </c>
       <c r="E671" t="s">
-        <v>2590</v>
+        <v>2593</v>
       </c>
       <c r="F671" t="s">
-        <v>136</v>
+        <v>28</v>
       </c>
       <c r="G671" s="1" t="s">
         <v>2616</v>
       </c>
       <c r="H671" t="s">
         <v>2617</v>
       </c>
     </row>
     <row r="672" spans="1:8">
       <c r="A672" t="s">
         <v>2618</v>
       </c>
       <c r="B672" t="s">
         <v>9</v>
       </c>
       <c r="C672" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="D672" t="s">
-        <v>2589</v>
+        <v>2592</v>
       </c>
       <c r="E672" t="s">
-        <v>2590</v>
+        <v>2593</v>
       </c>
       <c r="F672" t="s">
-        <v>2523</v>
+        <v>136</v>
       </c>
       <c r="G672" s="1" t="s">
-        <v>814</v>
+        <v>2619</v>
       </c>
       <c r="H672" t="s">
-        <v>2619</v>
+        <v>2620</v>
       </c>
     </row>
     <row r="673" spans="1:8">
       <c r="A673" t="s">
-        <v>2620</v>
+        <v>2621</v>
       </c>
       <c r="B673" t="s">
         <v>9</v>
       </c>
       <c r="C673" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="D673" t="s">
-        <v>2589</v>
+        <v>2592</v>
       </c>
       <c r="E673" t="s">
-        <v>2590</v>
+        <v>2593</v>
       </c>
       <c r="F673" t="s">
         <v>2523</v>
       </c>
       <c r="G673" s="1" t="s">
-        <v>2621</v>
+        <v>814</v>
       </c>
       <c r="H673" t="s">
         <v>2622</v>
       </c>
     </row>
     <row r="674" spans="1:8">
       <c r="A674" t="s">
         <v>2623</v>
       </c>
       <c r="B674" t="s">
         <v>9</v>
       </c>
       <c r="C674" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="D674" t="s">
-        <v>2589</v>
+        <v>2592</v>
       </c>
       <c r="E674" t="s">
-        <v>2590</v>
+        <v>2593</v>
       </c>
       <c r="F674" t="s">
-        <v>173</v>
+        <v>2523</v>
       </c>
       <c r="G674" s="1" t="s">
         <v>2624</v>
       </c>
       <c r="H674" t="s">
         <v>2625</v>
       </c>
     </row>
     <row r="675" spans="1:8">
       <c r="A675" t="s">
         <v>2626</v>
       </c>
       <c r="B675" t="s">
         <v>9</v>
       </c>
       <c r="C675" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="D675" t="s">
-        <v>2589</v>
+        <v>2592</v>
       </c>
       <c r="E675" t="s">
-        <v>2590</v>
+        <v>2593</v>
       </c>
       <c r="F675" t="s">
-        <v>168</v>
+        <v>173</v>
       </c>
       <c r="G675" s="1" t="s">
         <v>2627</v>
       </c>
       <c r="H675" t="s">
         <v>2628</v>
       </c>
     </row>
     <row r="676" spans="1:8">
       <c r="A676" t="s">
         <v>2629</v>
       </c>
       <c r="B676" t="s">
         <v>9</v>
       </c>
       <c r="C676" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="D676" t="s">
-        <v>2589</v>
+        <v>2592</v>
       </c>
       <c r="E676" t="s">
-        <v>2590</v>
+        <v>2593</v>
       </c>
       <c r="F676" t="s">
-        <v>118</v>
+        <v>168</v>
       </c>
       <c r="G676" s="1" t="s">
         <v>2630</v>
       </c>
       <c r="H676" t="s">
         <v>2631</v>
       </c>
     </row>
     <row r="677" spans="1:8">
       <c r="A677" t="s">
         <v>2632</v>
       </c>
       <c r="B677" t="s">
         <v>9</v>
       </c>
       <c r="C677" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="D677" t="s">
-        <v>2589</v>
+        <v>2592</v>
       </c>
       <c r="E677" t="s">
-        <v>2590</v>
+        <v>2593</v>
       </c>
       <c r="F677" t="s">
-        <v>136</v>
+        <v>118</v>
       </c>
       <c r="G677" s="1" t="s">
         <v>2633</v>
       </c>
       <c r="H677" t="s">
         <v>2634</v>
       </c>
     </row>
     <row r="678" spans="1:8">
       <c r="A678" t="s">
         <v>2635</v>
       </c>
       <c r="B678" t="s">
         <v>9</v>
       </c>
       <c r="C678" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="D678" t="s">
-        <v>2589</v>
+        <v>2592</v>
       </c>
       <c r="E678" t="s">
-        <v>2590</v>
+        <v>2593</v>
       </c>
       <c r="F678" t="s">
         <v>136</v>
       </c>
       <c r="G678" s="1" t="s">
         <v>2636</v>
       </c>
       <c r="H678" t="s">
         <v>2637</v>
       </c>
     </row>
     <row r="679" spans="1:8">
       <c r="A679" t="s">
         <v>2638</v>
       </c>
       <c r="B679" t="s">
         <v>9</v>
       </c>
       <c r="C679" t="s">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="D679" t="s">
-        <v>2589</v>
+        <v>2592</v>
       </c>
       <c r="E679" t="s">
-        <v>2590</v>
+        <v>2593</v>
       </c>
       <c r="F679" t="s">
-        <v>2523</v>
+        <v>136</v>
       </c>
       <c r="G679" s="1" t="s">
         <v>2639</v>
       </c>
       <c r="H679" t="s">
         <v>2640</v>
       </c>
     </row>
     <row r="680" spans="1:8">
       <c r="A680" t="s">
         <v>2641</v>
       </c>
       <c r="B680" t="s">
         <v>9</v>
       </c>
       <c r="C680" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="D680" t="s">
-        <v>2589</v>
+        <v>2592</v>
       </c>
       <c r="E680" t="s">
-        <v>2590</v>
+        <v>2593</v>
       </c>
       <c r="F680" t="s">
-        <v>136</v>
+        <v>2523</v>
       </c>
       <c r="G680" s="1" t="s">
         <v>2642</v>
       </c>
       <c r="H680" t="s">
         <v>2643</v>
       </c>
     </row>
     <row r="681" spans="1:8">
       <c r="A681" t="s">
         <v>2644</v>
       </c>
       <c r="B681" t="s">
         <v>9</v>
       </c>
       <c r="C681" t="s">
-        <v>93</v>
+        <v>88</v>
       </c>
       <c r="D681" t="s">
-        <v>2589</v>
+        <v>2592</v>
       </c>
       <c r="E681" t="s">
-        <v>2590</v>
+        <v>2593</v>
       </c>
       <c r="F681" t="s">
         <v>136</v>
       </c>
       <c r="G681" s="1" t="s">
         <v>2645</v>
       </c>
       <c r="H681" t="s">
         <v>2646</v>
       </c>
     </row>
     <row r="682" spans="1:8">
       <c r="A682" t="s">
         <v>2647</v>
       </c>
       <c r="B682" t="s">
         <v>9</v>
       </c>
       <c r="C682" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="D682" t="s">
-        <v>2589</v>
+        <v>2592</v>
       </c>
       <c r="E682" t="s">
-        <v>2590</v>
+        <v>2593</v>
       </c>
       <c r="F682" t="s">
-        <v>239</v>
+        <v>136</v>
       </c>
       <c r="G682" s="1" t="s">
         <v>2648</v>
       </c>
       <c r="H682" t="s">
         <v>2649</v>
       </c>
     </row>
     <row r="683" spans="1:8">
       <c r="A683" t="s">
         <v>2650</v>
       </c>
       <c r="B683" t="s">
         <v>9</v>
       </c>
       <c r="C683" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="D683" t="s">
-        <v>2589</v>
+        <v>2592</v>
       </c>
       <c r="E683" t="s">
-        <v>2590</v>
+        <v>2593</v>
       </c>
       <c r="F683" t="s">
-        <v>2523</v>
+        <v>239</v>
       </c>
       <c r="G683" s="1" t="s">
         <v>2651</v>
       </c>
       <c r="H683" t="s">
         <v>2652</v>
       </c>
     </row>
     <row r="684" spans="1:8">
       <c r="A684" t="s">
         <v>2653</v>
       </c>
       <c r="B684" t="s">
         <v>9</v>
       </c>
       <c r="C684" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
       <c r="D684" t="s">
-        <v>2589</v>
+        <v>2592</v>
       </c>
       <c r="E684" t="s">
-        <v>2590</v>
+        <v>2593</v>
       </c>
       <c r="F684" t="s">
-        <v>89</v>
+        <v>2523</v>
       </c>
       <c r="G684" s="1" t="s">
         <v>2654</v>
       </c>
       <c r="H684" t="s">
         <v>2655</v>
       </c>
     </row>
     <row r="685" spans="1:8">
       <c r="A685" t="s">
         <v>2656</v>
       </c>
       <c r="B685" t="s">
         <v>9</v>
       </c>
       <c r="C685" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="D685" t="s">
-        <v>2589</v>
+        <v>2592</v>
       </c>
       <c r="E685" t="s">
-        <v>2590</v>
+        <v>2593</v>
       </c>
       <c r="F685" t="s">
-        <v>173</v>
+        <v>89</v>
       </c>
       <c r="G685" s="1" t="s">
         <v>2657</v>
       </c>
       <c r="H685" t="s">
         <v>2658</v>
       </c>
     </row>
     <row r="686" spans="1:8">
       <c r="A686" t="s">
         <v>2659</v>
       </c>
       <c r="B686" t="s">
         <v>9</v>
       </c>
       <c r="C686" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="D686" t="s">
-        <v>2589</v>
+        <v>2592</v>
       </c>
       <c r="E686" t="s">
-        <v>2590</v>
+        <v>2593</v>
       </c>
       <c r="F686" t="s">
         <v>173</v>
       </c>
       <c r="G686" s="1" t="s">
         <v>2660</v>
       </c>
       <c r="H686" t="s">
         <v>2661</v>
       </c>
     </row>
     <row r="687" spans="1:8">
       <c r="A687" t="s">
         <v>2662</v>
       </c>
       <c r="B687" t="s">
         <v>9</v>
       </c>
       <c r="C687" t="s">
-        <v>117</v>
+        <v>113</v>
       </c>
       <c r="D687" t="s">
-        <v>2589</v>
+        <v>2592</v>
       </c>
       <c r="E687" t="s">
-        <v>2590</v>
+        <v>2593</v>
       </c>
       <c r="F687" t="s">
         <v>173</v>
       </c>
       <c r="G687" s="1" t="s">
         <v>2663</v>
       </c>
       <c r="H687" t="s">
         <v>2664</v>
       </c>
     </row>
     <row r="688" spans="1:8">
       <c r="A688" t="s">
         <v>2665</v>
       </c>
       <c r="B688" t="s">
         <v>9</v>
       </c>
       <c r="C688" t="s">
-        <v>122</v>
+        <v>117</v>
       </c>
       <c r="D688" t="s">
-        <v>2589</v>
+        <v>2592</v>
       </c>
       <c r="E688" t="s">
-        <v>2590</v>
+        <v>2593</v>
       </c>
       <c r="F688" t="s">
-        <v>2523</v>
+        <v>173</v>
       </c>
       <c r="G688" s="1" t="s">
         <v>2666</v>
       </c>
       <c r="H688" t="s">
         <v>2667</v>
       </c>
     </row>
     <row r="689" spans="1:8">
       <c r="A689" t="s">
         <v>2668</v>
       </c>
       <c r="B689" t="s">
         <v>9</v>
       </c>
       <c r="C689" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="D689" t="s">
-        <v>2589</v>
+        <v>2592</v>
       </c>
       <c r="E689" t="s">
-        <v>2590</v>
+        <v>2593</v>
       </c>
       <c r="F689" t="s">
         <v>2523</v>
       </c>
       <c r="G689" s="1" t="s">
         <v>2669</v>
       </c>
       <c r="H689" t="s">
         <v>2670</v>
       </c>
     </row>
     <row r="690" spans="1:8">
       <c r="A690" t="s">
         <v>2671</v>
       </c>
       <c r="B690" t="s">
         <v>9</v>
       </c>
       <c r="C690" t="s">
-        <v>131</v>
+        <v>126</v>
       </c>
       <c r="D690" t="s">
-        <v>2589</v>
+        <v>2592</v>
       </c>
       <c r="E690" t="s">
-        <v>2590</v>
+        <v>2593</v>
       </c>
       <c r="F690" t="s">
-        <v>154</v>
+        <v>2523</v>
       </c>
       <c r="G690" s="1" t="s">
         <v>2672</v>
       </c>
       <c r="H690" t="s">
         <v>2673</v>
       </c>
     </row>
     <row r="691" spans="1:8">
       <c r="A691" t="s">
         <v>2674</v>
       </c>
       <c r="B691" t="s">
         <v>9</v>
       </c>
       <c r="C691" t="s">
-        <v>135</v>
+        <v>131</v>
       </c>
       <c r="D691" t="s">
-        <v>2589</v>
+        <v>2592</v>
       </c>
       <c r="E691" t="s">
-        <v>2590</v>
+        <v>2593</v>
       </c>
       <c r="F691" t="s">
-        <v>2523</v>
+        <v>154</v>
       </c>
       <c r="G691" s="1" t="s">
         <v>2675</v>
       </c>
       <c r="H691" t="s">
         <v>2676</v>
       </c>
     </row>
     <row r="692" spans="1:8">
       <c r="A692" t="s">
         <v>2677</v>
       </c>
       <c r="B692" t="s">
         <v>9</v>
       </c>
       <c r="C692" t="s">
-        <v>140</v>
+        <v>135</v>
       </c>
       <c r="D692" t="s">
-        <v>2589</v>
+        <v>2592</v>
       </c>
       <c r="E692" t="s">
-        <v>2590</v>
+        <v>2593</v>
       </c>
       <c r="F692" t="s">
         <v>2523</v>
       </c>
       <c r="G692" s="1" t="s">
         <v>2678</v>
       </c>
       <c r="H692" t="s">
         <v>2679</v>
       </c>
     </row>
     <row r="693" spans="1:8">
       <c r="A693" t="s">
         <v>2680</v>
       </c>
       <c r="B693" t="s">
         <v>9</v>
       </c>
       <c r="C693" t="s">
-        <v>144</v>
+        <v>140</v>
       </c>
       <c r="D693" t="s">
-        <v>2589</v>
+        <v>2592</v>
       </c>
       <c r="E693" t="s">
-        <v>2590</v>
+        <v>2593</v>
       </c>
       <c r="F693" t="s">
         <v>2523</v>
       </c>
       <c r="G693" s="1" t="s">
         <v>2681</v>
       </c>
       <c r="H693" t="s">
         <v>2682</v>
       </c>
     </row>
     <row r="694" spans="1:8">
       <c r="A694" t="s">
         <v>2683</v>
       </c>
       <c r="B694" t="s">
         <v>9</v>
       </c>
       <c r="C694" t="s">
-        <v>149</v>
+        <v>144</v>
       </c>
       <c r="D694" t="s">
-        <v>2589</v>
+        <v>2592</v>
       </c>
       <c r="E694" t="s">
-        <v>2590</v>
+        <v>2593</v>
       </c>
       <c r="F694" t="s">
-        <v>154</v>
+        <v>2523</v>
       </c>
       <c r="G694" s="1" t="s">
         <v>2684</v>
       </c>
       <c r="H694" t="s">
         <v>2685</v>
       </c>
     </row>
     <row r="695" spans="1:8">
       <c r="A695" t="s">
         <v>2686</v>
       </c>
       <c r="B695" t="s">
         <v>9</v>
       </c>
       <c r="C695" t="s">
-        <v>153</v>
+        <v>149</v>
       </c>
       <c r="D695" t="s">
-        <v>2589</v>
+        <v>2592</v>
       </c>
       <c r="E695" t="s">
-        <v>2590</v>
+        <v>2593</v>
       </c>
       <c r="F695" t="s">
-        <v>2523</v>
+        <v>154</v>
       </c>
       <c r="G695" s="1" t="s">
         <v>2687</v>
       </c>
       <c r="H695" t="s">
         <v>2688</v>
       </c>
     </row>
     <row r="696" spans="1:8">
       <c r="A696" t="s">
         <v>2689</v>
       </c>
       <c r="B696" t="s">
         <v>9</v>
       </c>
       <c r="C696" t="s">
-        <v>158</v>
+        <v>153</v>
       </c>
       <c r="D696" t="s">
-        <v>2589</v>
+        <v>2592</v>
       </c>
       <c r="E696" t="s">
-        <v>2590</v>
+        <v>2593</v>
       </c>
       <c r="F696" t="s">
-        <v>168</v>
+        <v>2523</v>
       </c>
       <c r="G696" s="1" t="s">
         <v>2690</v>
       </c>
       <c r="H696" t="s">
         <v>2691</v>
       </c>
     </row>
     <row r="697" spans="1:8">
       <c r="A697" t="s">
         <v>2692</v>
       </c>
       <c r="B697" t="s">
         <v>9</v>
       </c>
       <c r="C697" t="s">
-        <v>162</v>
+        <v>158</v>
       </c>
       <c r="D697" t="s">
-        <v>2589</v>
+        <v>2592</v>
       </c>
       <c r="E697" t="s">
-        <v>2590</v>
+        <v>2593</v>
       </c>
       <c r="F697" t="s">
-        <v>239</v>
+        <v>168</v>
       </c>
       <c r="G697" s="1" t="s">
         <v>2693</v>
       </c>
       <c r="H697" t="s">
         <v>2694</v>
       </c>
     </row>
     <row r="698" spans="1:8">
       <c r="A698" t="s">
         <v>2695</v>
       </c>
       <c r="B698" t="s">
         <v>9</v>
       </c>
       <c r="C698" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="D698" t="s">
-        <v>2589</v>
+        <v>2592</v>
       </c>
       <c r="E698" t="s">
-        <v>2590</v>
+        <v>2593</v>
       </c>
       <c r="F698" t="s">
-        <v>2523</v>
+        <v>239</v>
       </c>
       <c r="G698" s="1" t="s">
         <v>2696</v>
       </c>
       <c r="H698" t="s">
         <v>2697</v>
       </c>
     </row>
     <row r="699" spans="1:8">
       <c r="A699" t="s">
         <v>2698</v>
       </c>
       <c r="B699" t="s">
         <v>9</v>
       </c>
       <c r="C699" t="s">
-        <v>172</v>
+        <v>167</v>
       </c>
       <c r="D699" t="s">
-        <v>2589</v>
+        <v>2592</v>
       </c>
       <c r="E699" t="s">
-        <v>2590</v>
+        <v>2593</v>
       </c>
       <c r="F699" t="s">
-        <v>2606</v>
+        <v>2523</v>
       </c>
       <c r="G699" s="1" t="s">
         <v>2699</v>
       </c>
       <c r="H699" t="s">
         <v>2700</v>
       </c>
     </row>
     <row r="700" spans="1:8">
       <c r="A700" t="s">
         <v>2701</v>
       </c>
       <c r="B700" t="s">
         <v>9</v>
       </c>
       <c r="C700" t="s">
-        <v>177</v>
+        <v>172</v>
       </c>
       <c r="D700" t="s">
-        <v>2589</v>
+        <v>2592</v>
       </c>
       <c r="E700" t="s">
-        <v>2590</v>
+        <v>2593</v>
       </c>
       <c r="F700" t="s">
-        <v>2523</v>
+        <v>2609</v>
       </c>
       <c r="G700" s="1" t="s">
         <v>2702</v>
       </c>
       <c r="H700" t="s">
         <v>2703</v>
       </c>
     </row>
     <row r="701" spans="1:8">
       <c r="A701" t="s">
         <v>2704</v>
       </c>
       <c r="B701" t="s">
         <v>9</v>
       </c>
       <c r="C701" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="D701" t="s">
-        <v>2589</v>
+        <v>2592</v>
       </c>
       <c r="E701" t="s">
-        <v>2590</v>
+        <v>2593</v>
       </c>
       <c r="F701" t="s">
-        <v>173</v>
+        <v>2523</v>
       </c>
       <c r="G701" s="1" t="s">
         <v>2705</v>
       </c>
       <c r="H701" t="s">
         <v>2706</v>
       </c>
     </row>
     <row r="702" spans="1:8">
       <c r="A702" t="s">
         <v>2707</v>
       </c>
       <c r="B702" t="s">
         <v>9</v>
       </c>
       <c r="C702" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
       <c r="D702" t="s">
-        <v>2589</v>
+        <v>2592</v>
       </c>
       <c r="E702" t="s">
-        <v>2590</v>
+        <v>2593</v>
       </c>
       <c r="F702" t="s">
-        <v>136</v>
+        <v>173</v>
       </c>
       <c r="G702" s="1" t="s">
         <v>2708</v>
       </c>
       <c r="H702" t="s">
         <v>2709</v>
       </c>
     </row>
     <row r="703" spans="1:8">
       <c r="A703" t="s">
         <v>2710</v>
       </c>
       <c r="B703" t="s">
         <v>9</v>
       </c>
       <c r="C703" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="D703" t="s">
-        <v>2589</v>
+        <v>2592</v>
       </c>
       <c r="E703" t="s">
-        <v>2590</v>
+        <v>2593</v>
       </c>
       <c r="F703" t="s">
         <v>136</v>
       </c>
       <c r="G703" s="1" t="s">
         <v>2711</v>
       </c>
       <c r="H703" t="s">
         <v>2712</v>
       </c>
     </row>
     <row r="704" spans="1:8">
       <c r="A704" t="s">
         <v>2713</v>
       </c>
       <c r="B704" t="s">
         <v>9</v>
       </c>
       <c r="C704" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D704" t="s">
-        <v>2589</v>
+        <v>2592</v>
       </c>
       <c r="E704" t="s">
-        <v>2590</v>
+        <v>2593</v>
       </c>
       <c r="F704" t="s">
-        <v>2523</v>
+        <v>136</v>
       </c>
       <c r="G704" s="1" t="s">
         <v>2714</v>
       </c>
       <c r="H704" t="s">
         <v>2715</v>
       </c>
     </row>
     <row r="705" spans="1:8">
       <c r="A705" t="s">
         <v>2716</v>
       </c>
       <c r="B705" t="s">
         <v>9</v>
       </c>
       <c r="C705" t="s">
-        <v>198</v>
+        <v>194</v>
       </c>
       <c r="D705" t="s">
-        <v>2589</v>
+        <v>2592</v>
       </c>
       <c r="E705" t="s">
-        <v>2590</v>
+        <v>2593</v>
       </c>
       <c r="F705" t="s">
         <v>2523</v>
       </c>
       <c r="G705" s="1" t="s">
-        <v>814</v>
+        <v>2717</v>
       </c>
       <c r="H705" t="s">
-        <v>2717</v>
+        <v>2718</v>
       </c>
     </row>
     <row r="706" spans="1:8">
       <c r="A706" t="s">
-        <v>2718</v>
+        <v>2719</v>
       </c>
       <c r="B706" t="s">
         <v>9</v>
       </c>
       <c r="C706" t="s">
-        <v>202</v>
+        <v>198</v>
       </c>
       <c r="D706" t="s">
-        <v>2589</v>
+        <v>2592</v>
       </c>
       <c r="E706" t="s">
-        <v>2590</v>
+        <v>2593</v>
       </c>
       <c r="F706" t="s">
         <v>2523</v>
       </c>
       <c r="G706" s="1" t="s">
-        <v>2719</v>
+        <v>814</v>
       </c>
       <c r="H706" t="s">
         <v>2720</v>
       </c>
     </row>
     <row r="707" spans="1:8">
       <c r="A707" t="s">
         <v>2721</v>
       </c>
       <c r="B707" t="s">
         <v>9</v>
       </c>
       <c r="C707" t="s">
-        <v>206</v>
+        <v>202</v>
       </c>
       <c r="D707" t="s">
-        <v>2589</v>
+        <v>2592</v>
       </c>
       <c r="E707" t="s">
-        <v>2590</v>
+        <v>2593</v>
       </c>
       <c r="F707" t="s">
-        <v>127</v>
+        <v>2523</v>
       </c>
       <c r="G707" s="1" t="s">
         <v>2722</v>
       </c>
       <c r="H707" t="s">
         <v>2723</v>
       </c>
     </row>
     <row r="708" spans="1:8">
       <c r="A708" t="s">
         <v>2724</v>
       </c>
       <c r="B708" t="s">
         <v>9</v>
       </c>
       <c r="C708" t="s">
-        <v>210</v>
+        <v>206</v>
       </c>
       <c r="D708" t="s">
-        <v>2589</v>
+        <v>2592</v>
       </c>
       <c r="E708" t="s">
-        <v>2590</v>
+        <v>2593</v>
       </c>
       <c r="F708" t="s">
-        <v>2523</v>
+        <v>127</v>
       </c>
       <c r="G708" s="1" t="s">
         <v>2725</v>
       </c>
       <c r="H708" t="s">
         <v>2726</v>
       </c>
     </row>
     <row r="709" spans="1:8">
       <c r="A709" t="s">
         <v>2727</v>
       </c>
       <c r="B709" t="s">
         <v>9</v>
       </c>
       <c r="C709" t="s">
-        <v>214</v>
+        <v>210</v>
       </c>
       <c r="D709" t="s">
-        <v>2589</v>
+        <v>2592</v>
       </c>
       <c r="E709" t="s">
-        <v>2590</v>
+        <v>2593</v>
       </c>
       <c r="F709" t="s">
-        <v>168</v>
+        <v>2523</v>
       </c>
       <c r="G709" s="1" t="s">
         <v>2728</v>
       </c>
       <c r="H709" t="s">
         <v>2729</v>
       </c>
     </row>
     <row r="710" spans="1:8">
       <c r="A710" t="s">
         <v>2730</v>
       </c>
       <c r="B710" t="s">
         <v>9</v>
       </c>
       <c r="C710" t="s">
-        <v>218</v>
+        <v>214</v>
       </c>
       <c r="D710" t="s">
-        <v>2589</v>
+        <v>2592</v>
       </c>
       <c r="E710" t="s">
-        <v>2590</v>
+        <v>2593</v>
       </c>
       <c r="F710" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="G710" s="1" t="s">
         <v>2731</v>
       </c>
       <c r="H710" t="s">
         <v>2732</v>
       </c>
     </row>
     <row r="711" spans="1:8">
       <c r="A711" t="s">
         <v>2733</v>
       </c>
       <c r="B711" t="s">
         <v>9</v>
       </c>
       <c r="C711" t="s">
-        <v>222</v>
+        <v>218</v>
       </c>
       <c r="D711" t="s">
-        <v>2589</v>
+        <v>2592</v>
       </c>
       <c r="E711" t="s">
-        <v>2590</v>
+        <v>2593</v>
       </c>
       <c r="F711" t="s">
         <v>173</v>
       </c>
       <c r="G711" s="1" t="s">
         <v>2734</v>
       </c>
       <c r="H711" t="s">
         <v>2735</v>
       </c>
     </row>
     <row r="712" spans="1:8">
       <c r="A712" t="s">
         <v>2736</v>
       </c>
       <c r="B712" t="s">
         <v>9</v>
       </c>
       <c r="C712" t="s">
-        <v>226</v>
+        <v>222</v>
       </c>
       <c r="D712" t="s">
-        <v>2589</v>
+        <v>2592</v>
       </c>
       <c r="E712" t="s">
-        <v>2590</v>
+        <v>2593</v>
       </c>
       <c r="F712" t="s">
-        <v>190</v>
+        <v>173</v>
       </c>
       <c r="G712" s="1" t="s">
         <v>2737</v>
       </c>
       <c r="H712" t="s">
         <v>2738</v>
       </c>
     </row>
     <row r="713" spans="1:8">
       <c r="A713" t="s">
         <v>2739</v>
       </c>
       <c r="B713" t="s">
         <v>9</v>
       </c>
       <c r="C713" t="s">
-        <v>230</v>
+        <v>226</v>
       </c>
       <c r="D713" t="s">
-        <v>2589</v>
+        <v>2592</v>
       </c>
       <c r="E713" t="s">
-        <v>2590</v>
+        <v>2593</v>
       </c>
       <c r="F713" t="s">
+        <v>190</v>
+      </c>
+      <c r="G713" s="1" t="s">
         <v>2740</v>
       </c>
-      <c r="G713" s="1" t="s">
+      <c r="H713" t="s">
         <v>2741</v>
-      </c>
-[...1 lines deleted...]
-        <v>2742</v>
       </c>
     </row>
     <row r="714" spans="1:8">
       <c r="A714" t="s">
+        <v>2742</v>
+      </c>
+      <c r="B714" t="s">
+        <v>9</v>
+      </c>
+      <c r="C714" t="s">
+        <v>230</v>
+      </c>
+      <c r="D714" t="s">
+        <v>2592</v>
+      </c>
+      <c r="E714" t="s">
+        <v>2593</v>
+      </c>
+      <c r="F714" t="s">
         <v>2743</v>
-      </c>
-[...13 lines deleted...]
-        <v>2523</v>
       </c>
       <c r="G714" s="1" t="s">
         <v>2744</v>
       </c>
       <c r="H714" t="s">
         <v>2745</v>
       </c>
     </row>
     <row r="715" spans="1:8">
       <c r="A715" t="s">
         <v>2746</v>
       </c>
       <c r="B715" t="s">
         <v>9</v>
       </c>
       <c r="C715" t="s">
-        <v>238</v>
+        <v>234</v>
       </c>
       <c r="D715" t="s">
-        <v>2589</v>
+        <v>2592</v>
       </c>
       <c r="E715" t="s">
-        <v>2590</v>
+        <v>2593</v>
       </c>
       <c r="F715" t="s">
-        <v>118</v>
+        <v>2523</v>
       </c>
       <c r="G715" s="1" t="s">
         <v>2747</v>
       </c>
       <c r="H715" t="s">
         <v>2748</v>
       </c>
     </row>
     <row r="716" spans="1:8">
       <c r="A716" t="s">
         <v>2749</v>
       </c>
       <c r="B716" t="s">
         <v>9</v>
       </c>
       <c r="C716" t="s">
-        <v>243</v>
+        <v>238</v>
       </c>
       <c r="D716" t="s">
-        <v>2589</v>
+        <v>2592</v>
       </c>
       <c r="E716" t="s">
-        <v>2590</v>
+        <v>2593</v>
       </c>
       <c r="F716" t="s">
-        <v>173</v>
+        <v>118</v>
       </c>
       <c r="G716" s="1" t="s">
         <v>2750</v>
       </c>
       <c r="H716" t="s">
         <v>2751</v>
       </c>
     </row>
     <row r="717" spans="1:8">
       <c r="A717" t="s">
         <v>2752</v>
       </c>
       <c r="B717" t="s">
         <v>9</v>
       </c>
       <c r="C717" t="s">
-        <v>247</v>
+        <v>243</v>
       </c>
       <c r="D717" t="s">
-        <v>2589</v>
+        <v>2592</v>
       </c>
       <c r="E717" t="s">
-        <v>2590</v>
+        <v>2593</v>
       </c>
       <c r="F717" t="s">
-        <v>136</v>
+        <v>173</v>
       </c>
       <c r="G717" s="1" t="s">
         <v>2753</v>
       </c>
       <c r="H717" t="s">
         <v>2754</v>
       </c>
     </row>
     <row r="718" spans="1:8">
       <c r="A718" t="s">
         <v>2755</v>
       </c>
       <c r="B718" t="s">
         <v>9</v>
       </c>
       <c r="C718" t="s">
-        <v>251</v>
+        <v>247</v>
       </c>
       <c r="D718" t="s">
-        <v>2589</v>
+        <v>2592</v>
       </c>
       <c r="E718" t="s">
-        <v>2590</v>
+        <v>2593</v>
       </c>
       <c r="F718" t="s">
-        <v>2523</v>
+        <v>136</v>
       </c>
       <c r="G718" s="1" t="s">
         <v>2756</v>
       </c>
       <c r="H718" t="s">
         <v>2757</v>
       </c>
     </row>
     <row r="719" spans="1:8">
       <c r="A719" t="s">
         <v>2758</v>
       </c>
       <c r="B719" t="s">
         <v>9</v>
       </c>
       <c r="C719" t="s">
-        <v>255</v>
+        <v>251</v>
       </c>
       <c r="D719" t="s">
-        <v>2589</v>
+        <v>2592</v>
       </c>
       <c r="E719" t="s">
-        <v>2590</v>
+        <v>2593</v>
       </c>
       <c r="F719" t="s">
-        <v>154</v>
+        <v>2523</v>
       </c>
       <c r="G719" s="1" t="s">
         <v>2759</v>
       </c>
       <c r="H719" t="s">
         <v>2760</v>
       </c>
     </row>
     <row r="720" spans="1:8">
       <c r="A720" t="s">
         <v>2761</v>
       </c>
       <c r="B720" t="s">
         <v>9</v>
       </c>
       <c r="C720" t="s">
-        <v>259</v>
+        <v>255</v>
       </c>
       <c r="D720" t="s">
-        <v>2589</v>
+        <v>2592</v>
       </c>
       <c r="E720" t="s">
-        <v>2590</v>
+        <v>2593</v>
       </c>
       <c r="F720" t="s">
-        <v>190</v>
+        <v>154</v>
       </c>
       <c r="G720" s="1" t="s">
         <v>2762</v>
       </c>
       <c r="H720" t="s">
         <v>2763</v>
       </c>
     </row>
     <row r="721" spans="1:8">
       <c r="A721" t="s">
         <v>2764</v>
       </c>
       <c r="B721" t="s">
         <v>9</v>
       </c>
       <c r="C721" t="s">
-        <v>263</v>
+        <v>259</v>
       </c>
       <c r="D721" t="s">
-        <v>2589</v>
+        <v>2592</v>
       </c>
       <c r="E721" t="s">
-        <v>2590</v>
+        <v>2593</v>
       </c>
       <c r="F721" t="s">
-        <v>28</v>
+        <v>190</v>
       </c>
       <c r="G721" s="1" t="s">
         <v>2765</v>
       </c>
       <c r="H721" t="s">
         <v>2766</v>
       </c>
     </row>
     <row r="722" spans="1:8">
       <c r="A722" t="s">
         <v>2767</v>
       </c>
       <c r="B722" t="s">
         <v>9</v>
       </c>
       <c r="C722" t="s">
-        <v>267</v>
+        <v>263</v>
       </c>
       <c r="D722" t="s">
-        <v>2589</v>
+        <v>2592</v>
       </c>
       <c r="E722" t="s">
-        <v>2590</v>
+        <v>2593</v>
       </c>
       <c r="F722" t="s">
-        <v>2523</v>
+        <v>28</v>
       </c>
       <c r="G722" s="1" t="s">
         <v>2768</v>
       </c>
       <c r="H722" t="s">
         <v>2769</v>
       </c>
     </row>
     <row r="723" spans="1:8">
       <c r="A723" t="s">
         <v>2770</v>
       </c>
       <c r="B723" t="s">
         <v>9</v>
       </c>
       <c r="C723" t="s">
-        <v>271</v>
+        <v>267</v>
       </c>
       <c r="D723" t="s">
-        <v>2589</v>
+        <v>2592</v>
       </c>
       <c r="E723" t="s">
-        <v>2590</v>
+        <v>2593</v>
       </c>
       <c r="F723" t="s">
         <v>2523</v>
       </c>
       <c r="G723" s="1" t="s">
         <v>2771</v>
       </c>
       <c r="H723" t="s">
         <v>2772</v>
       </c>
     </row>
     <row r="724" spans="1:8">
       <c r="A724" t="s">
         <v>2773</v>
       </c>
       <c r="B724" t="s">
         <v>9</v>
       </c>
       <c r="C724" t="s">
-        <v>275</v>
+        <v>271</v>
       </c>
       <c r="D724" t="s">
-        <v>2589</v>
+        <v>2592</v>
       </c>
       <c r="E724" t="s">
-        <v>2590</v>
+        <v>2593</v>
       </c>
       <c r="F724" t="s">
         <v>2523</v>
       </c>
       <c r="G724" s="1" t="s">
         <v>2774</v>
       </c>
       <c r="H724" t="s">
         <v>2775</v>
       </c>
     </row>
     <row r="725" spans="1:8">
       <c r="A725" t="s">
         <v>2776</v>
       </c>
       <c r="B725" t="s">
         <v>9</v>
       </c>
       <c r="C725" t="s">
-        <v>279</v>
+        <v>275</v>
       </c>
       <c r="D725" t="s">
-        <v>2589</v>
+        <v>2592</v>
       </c>
       <c r="E725" t="s">
-        <v>2590</v>
+        <v>2593</v>
       </c>
       <c r="F725" t="s">
-        <v>154</v>
+        <v>2523</v>
       </c>
       <c r="G725" s="1" t="s">
         <v>2777</v>
       </c>
       <c r="H725" t="s">
         <v>2778</v>
       </c>
     </row>
     <row r="726" spans="1:8">
       <c r="A726" t="s">
         <v>2779</v>
       </c>
       <c r="B726" t="s">
         <v>9</v>
       </c>
       <c r="C726" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="D726" t="s">
-        <v>2589</v>
+        <v>2592</v>
       </c>
       <c r="E726" t="s">
-        <v>2590</v>
+        <v>2593</v>
       </c>
       <c r="F726" t="s">
-        <v>118</v>
+        <v>154</v>
       </c>
       <c r="G726" s="1" t="s">
         <v>2780</v>
       </c>
       <c r="H726" t="s">
         <v>2781</v>
       </c>
     </row>
     <row r="727" spans="1:8">
       <c r="A727" t="s">
         <v>2782</v>
       </c>
       <c r="B727" t="s">
         <v>9</v>
       </c>
       <c r="C727" t="s">
-        <v>287</v>
+        <v>283</v>
       </c>
       <c r="D727" t="s">
-        <v>2589</v>
+        <v>2592</v>
       </c>
       <c r="E727" t="s">
-        <v>2590</v>
+        <v>2593</v>
       </c>
       <c r="F727" t="s">
-        <v>168</v>
+        <v>118</v>
       </c>
       <c r="G727" s="1" t="s">
         <v>2783</v>
       </c>
       <c r="H727" t="s">
         <v>2784</v>
       </c>
     </row>
     <row r="728" spans="1:8">
       <c r="A728" t="s">
         <v>2785</v>
       </c>
       <c r="B728" t="s">
         <v>9</v>
       </c>
       <c r="C728" t="s">
-        <v>291</v>
+        <v>287</v>
       </c>
       <c r="D728" t="s">
-        <v>2589</v>
+        <v>2592</v>
       </c>
       <c r="E728" t="s">
-        <v>2590</v>
+        <v>2593</v>
       </c>
       <c r="F728" t="s">
-        <v>136</v>
+        <v>168</v>
       </c>
       <c r="G728" s="1" t="s">
         <v>2786</v>
       </c>
       <c r="H728" t="s">
         <v>2787</v>
       </c>
     </row>
     <row r="729" spans="1:8">
       <c r="A729" t="s">
         <v>2788</v>
       </c>
       <c r="B729" t="s">
         <v>9</v>
       </c>
       <c r="C729" t="s">
-        <v>295</v>
+        <v>291</v>
       </c>
       <c r="D729" t="s">
-        <v>2589</v>
+        <v>2592</v>
       </c>
       <c r="E729" t="s">
-        <v>2590</v>
+        <v>2593</v>
       </c>
       <c r="F729" t="s">
         <v>136</v>
       </c>
       <c r="G729" s="1" t="s">
         <v>2789</v>
       </c>
       <c r="H729" t="s">
         <v>2790</v>
       </c>
     </row>
     <row r="730" spans="1:8">
       <c r="A730" t="s">
         <v>2791</v>
       </c>
       <c r="B730" t="s">
         <v>9</v>
       </c>
       <c r="C730" t="s">
-        <v>299</v>
+        <v>295</v>
       </c>
       <c r="D730" t="s">
-        <v>2589</v>
+        <v>2592</v>
       </c>
       <c r="E730" t="s">
-        <v>2590</v>
+        <v>2593</v>
       </c>
       <c r="F730" t="s">
-        <v>118</v>
+        <v>136</v>
       </c>
       <c r="G730" s="1" t="s">
         <v>2792</v>
       </c>
       <c r="H730" t="s">
         <v>2793</v>
       </c>
     </row>
     <row r="731" spans="1:8">
       <c r="A731" t="s">
         <v>2794</v>
       </c>
       <c r="B731" t="s">
         <v>9</v>
       </c>
       <c r="C731" t="s">
-        <v>303</v>
+        <v>299</v>
       </c>
       <c r="D731" t="s">
-        <v>2589</v>
+        <v>2592</v>
       </c>
       <c r="E731" t="s">
-        <v>2590</v>
+        <v>2593</v>
       </c>
       <c r="F731" t="s">
         <v>118</v>
       </c>
       <c r="G731" s="1" t="s">
         <v>2795</v>
       </c>
       <c r="H731" t="s">
         <v>2796</v>
       </c>
     </row>
     <row r="732" spans="1:8">
       <c r="A732" t="s">
         <v>2797</v>
       </c>
       <c r="B732" t="s">
         <v>9</v>
       </c>
       <c r="C732" t="s">
-        <v>307</v>
+        <v>303</v>
       </c>
       <c r="D732" t="s">
-        <v>2589</v>
+        <v>2592</v>
       </c>
       <c r="E732" t="s">
-        <v>2590</v>
+        <v>2593</v>
       </c>
       <c r="F732" t="s">
-        <v>2523</v>
+        <v>118</v>
       </c>
       <c r="G732" s="1" t="s">
         <v>2798</v>
       </c>
       <c r="H732" t="s">
         <v>2799</v>
       </c>
     </row>
     <row r="733" spans="1:8">
       <c r="A733" t="s">
         <v>2800</v>
       </c>
       <c r="B733" t="s">
         <v>9</v>
       </c>
       <c r="C733" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="D733" t="s">
-        <v>2589</v>
+        <v>2592</v>
       </c>
       <c r="E733" t="s">
-        <v>2590</v>
+        <v>2593</v>
       </c>
       <c r="F733" t="s">
         <v>2523</v>
       </c>
       <c r="G733" s="1" t="s">
         <v>2801</v>
       </c>
       <c r="H733" t="s">
-        <v>2769</v>
+        <v>2802</v>
       </c>
     </row>
     <row r="734" spans="1:8">
       <c r="A734" t="s">
-        <v>2802</v>
+        <v>2803</v>
       </c>
       <c r="B734" t="s">
         <v>9</v>
       </c>
       <c r="C734" t="s">
-        <v>315</v>
+        <v>311</v>
       </c>
       <c r="D734" t="s">
-        <v>2589</v>
+        <v>2592</v>
       </c>
       <c r="E734" t="s">
-        <v>2590</v>
+        <v>2593</v>
       </c>
       <c r="F734" t="s">
         <v>2523</v>
       </c>
       <c r="G734" s="1" t="s">
-        <v>2803</v>
+        <v>2804</v>
       </c>
       <c r="H734" t="s">
-        <v>2804</v>
+        <v>2772</v>
       </c>
     </row>
     <row r="735" spans="1:8">
       <c r="A735" t="s">
         <v>2805</v>
       </c>
       <c r="B735" t="s">
         <v>9</v>
       </c>
       <c r="C735" t="s">
-        <v>319</v>
+        <v>315</v>
       </c>
       <c r="D735" t="s">
-        <v>2589</v>
+        <v>2592</v>
       </c>
       <c r="E735" t="s">
-        <v>2590</v>
+        <v>2593</v>
       </c>
       <c r="F735" t="s">
         <v>2523</v>
       </c>
       <c r="G735" s="1" t="s">
         <v>2806</v>
       </c>
       <c r="H735" t="s">
         <v>2807</v>
       </c>
     </row>
     <row r="736" spans="1:8">
       <c r="A736" t="s">
         <v>2808</v>
       </c>
       <c r="B736" t="s">
         <v>9</v>
       </c>
       <c r="C736" t="s">
-        <v>323</v>
+        <v>319</v>
       </c>
       <c r="D736" t="s">
-        <v>2589</v>
+        <v>2592</v>
       </c>
       <c r="E736" t="s">
-        <v>2590</v>
+        <v>2593</v>
       </c>
       <c r="F736" t="s">
-        <v>118</v>
+        <v>2523</v>
       </c>
       <c r="G736" s="1" t="s">
         <v>2809</v>
       </c>
       <c r="H736" t="s">
         <v>2810</v>
       </c>
     </row>
     <row r="737" spans="1:8">
       <c r="A737" t="s">
         <v>2811</v>
       </c>
       <c r="B737" t="s">
         <v>9</v>
       </c>
       <c r="C737" t="s">
-        <v>327</v>
+        <v>323</v>
       </c>
       <c r="D737" t="s">
-        <v>2589</v>
+        <v>2592</v>
       </c>
       <c r="E737" t="s">
-        <v>2590</v>
+        <v>2593</v>
       </c>
       <c r="F737" t="s">
         <v>118</v>
       </c>
       <c r="G737" s="1" t="s">
         <v>2812</v>
       </c>
       <c r="H737" t="s">
         <v>2813</v>
       </c>
     </row>
     <row r="738" spans="1:8">
       <c r="A738" t="s">
         <v>2814</v>
       </c>
       <c r="B738" t="s">
         <v>9</v>
       </c>
       <c r="C738" t="s">
-        <v>331</v>
+        <v>327</v>
       </c>
       <c r="D738" t="s">
-        <v>2589</v>
+        <v>2592</v>
       </c>
       <c r="E738" t="s">
-        <v>2590</v>
+        <v>2593</v>
       </c>
       <c r="F738" t="s">
-        <v>19</v>
+        <v>118</v>
       </c>
       <c r="G738" s="1" t="s">
         <v>2815</v>
       </c>
       <c r="H738" t="s">
         <v>2816</v>
       </c>
     </row>
     <row r="739" spans="1:8">
       <c r="A739" t="s">
         <v>2817</v>
       </c>
       <c r="B739" t="s">
         <v>9</v>
       </c>
       <c r="C739" t="s">
-        <v>335</v>
+        <v>331</v>
       </c>
       <c r="D739" t="s">
-        <v>2589</v>
+        <v>2592</v>
       </c>
       <c r="E739" t="s">
-        <v>2590</v>
+        <v>2593</v>
       </c>
       <c r="F739" t="s">
-        <v>2523</v>
+        <v>19</v>
       </c>
       <c r="G739" s="1" t="s">
         <v>2818</v>
       </c>
       <c r="H739" t="s">
         <v>2819</v>
       </c>
     </row>
     <row r="740" spans="1:8">
       <c r="A740" t="s">
         <v>2820</v>
       </c>
       <c r="B740" t="s">
         <v>9</v>
       </c>
       <c r="C740" t="s">
-        <v>339</v>
+        <v>335</v>
       </c>
       <c r="D740" t="s">
-        <v>2589</v>
+        <v>2592</v>
       </c>
       <c r="E740" t="s">
-        <v>2590</v>
+        <v>2593</v>
       </c>
       <c r="F740" t="s">
-        <v>136</v>
+        <v>2523</v>
       </c>
       <c r="G740" s="1" t="s">
         <v>2821</v>
       </c>
       <c r="H740" t="s">
         <v>2822</v>
       </c>
     </row>
     <row r="741" spans="1:8">
       <c r="A741" t="s">
         <v>2823</v>
       </c>
       <c r="B741" t="s">
         <v>9</v>
       </c>
       <c r="C741" t="s">
-        <v>343</v>
+        <v>339</v>
       </c>
       <c r="D741" t="s">
-        <v>2589</v>
+        <v>2592</v>
       </c>
       <c r="E741" t="s">
-        <v>2590</v>
+        <v>2593</v>
       </c>
       <c r="F741" t="s">
-        <v>2523</v>
+        <v>136</v>
       </c>
       <c r="G741" s="1" t="s">
         <v>2824</v>
       </c>
       <c r="H741" t="s">
         <v>2825</v>
       </c>
     </row>
     <row r="742" spans="1:8">
       <c r="A742" t="s">
         <v>2826</v>
       </c>
       <c r="B742" t="s">
         <v>9</v>
       </c>
       <c r="C742" t="s">
-        <v>347</v>
+        <v>343</v>
       </c>
       <c r="D742" t="s">
-        <v>2589</v>
+        <v>2592</v>
       </c>
       <c r="E742" t="s">
-        <v>2590</v>
+        <v>2593</v>
       </c>
       <c r="F742" t="s">
-        <v>190</v>
+        <v>2523</v>
       </c>
       <c r="G742" s="1" t="s">
         <v>2827</v>
       </c>
       <c r="H742" t="s">
         <v>2828</v>
       </c>
     </row>
     <row r="743" spans="1:8">
       <c r="A743" t="s">
         <v>2829</v>
       </c>
       <c r="B743" t="s">
         <v>9</v>
       </c>
       <c r="C743" t="s">
-        <v>351</v>
+        <v>347</v>
       </c>
       <c r="D743" t="s">
-        <v>2589</v>
+        <v>2592</v>
       </c>
       <c r="E743" t="s">
-        <v>2590</v>
+        <v>2593</v>
       </c>
       <c r="F743" t="s">
-        <v>28</v>
+        <v>190</v>
       </c>
       <c r="G743" s="1" t="s">
         <v>2830</v>
       </c>
       <c r="H743" t="s">
         <v>2831</v>
       </c>
     </row>
     <row r="744" spans="1:8">
       <c r="A744" t="s">
         <v>2832</v>
       </c>
       <c r="B744" t="s">
         <v>9</v>
       </c>
       <c r="C744" t="s">
-        <v>355</v>
+        <v>351</v>
       </c>
       <c r="D744" t="s">
-        <v>2589</v>
+        <v>2592</v>
       </c>
       <c r="E744" t="s">
-        <v>2590</v>
+        <v>2593</v>
       </c>
       <c r="F744" t="s">
-        <v>173</v>
+        <v>28</v>
       </c>
       <c r="G744" s="1" t="s">
         <v>2833</v>
       </c>
       <c r="H744" t="s">
         <v>2834</v>
       </c>
     </row>
     <row r="745" spans="1:8">
       <c r="A745" t="s">
         <v>2835</v>
       </c>
       <c r="B745" t="s">
         <v>9</v>
       </c>
       <c r="C745" t="s">
-        <v>359</v>
+        <v>355</v>
       </c>
       <c r="D745" t="s">
-        <v>2589</v>
+        <v>2592</v>
       </c>
       <c r="E745" t="s">
-        <v>2590</v>
+        <v>2593</v>
       </c>
       <c r="F745" t="s">
-        <v>190</v>
+        <v>173</v>
       </c>
       <c r="G745" s="1" t="s">
         <v>2836</v>
       </c>
       <c r="H745" t="s">
         <v>2837</v>
       </c>
     </row>
     <row r="746" spans="1:8">
       <c r="A746" t="s">
         <v>2838</v>
       </c>
       <c r="B746" t="s">
         <v>9</v>
       </c>
       <c r="C746" t="s">
-        <v>363</v>
+        <v>359</v>
       </c>
       <c r="D746" t="s">
-        <v>2589</v>
+        <v>2592</v>
       </c>
       <c r="E746" t="s">
-        <v>2590</v>
+        <v>2593</v>
       </c>
       <c r="F746" t="s">
-        <v>136</v>
+        <v>190</v>
       </c>
       <c r="G746" s="1" t="s">
         <v>2839</v>
       </c>
       <c r="H746" t="s">
         <v>2840</v>
       </c>
     </row>
     <row r="747" spans="1:8">
       <c r="A747" t="s">
         <v>2841</v>
       </c>
       <c r="B747" t="s">
         <v>9</v>
       </c>
       <c r="C747" t="s">
-        <v>367</v>
+        <v>363</v>
       </c>
       <c r="D747" t="s">
-        <v>2589</v>
+        <v>2592</v>
       </c>
       <c r="E747" t="s">
-        <v>2590</v>
+        <v>2593</v>
       </c>
       <c r="F747" t="s">
-        <v>2523</v>
+        <v>136</v>
       </c>
       <c r="G747" s="1" t="s">
         <v>2842</v>
       </c>
       <c r="H747" t="s">
         <v>2843</v>
       </c>
     </row>
     <row r="748" spans="1:8">
       <c r="A748" t="s">
         <v>2844</v>
       </c>
       <c r="B748" t="s">
         <v>9</v>
       </c>
       <c r="C748" t="s">
-        <v>371</v>
+        <v>367</v>
       </c>
       <c r="D748" t="s">
-        <v>2589</v>
+        <v>2592</v>
       </c>
       <c r="E748" t="s">
-        <v>2590</v>
+        <v>2593</v>
       </c>
       <c r="F748" t="s">
-        <v>154</v>
+        <v>2523</v>
       </c>
       <c r="G748" s="1" t="s">
         <v>2845</v>
       </c>
       <c r="H748" t="s">
         <v>2846</v>
       </c>
     </row>
     <row r="749" spans="1:8">
       <c r="A749" t="s">
         <v>2847</v>
       </c>
       <c r="B749" t="s">
         <v>9</v>
       </c>
       <c r="C749" t="s">
-        <v>375</v>
+        <v>371</v>
       </c>
       <c r="D749" t="s">
-        <v>2589</v>
+        <v>2592</v>
       </c>
       <c r="E749" t="s">
-        <v>2590</v>
+        <v>2593</v>
       </c>
       <c r="F749" t="s">
         <v>154</v>
       </c>
       <c r="G749" s="1" t="s">
         <v>2848</v>
       </c>
       <c r="H749" t="s">
         <v>2849</v>
       </c>
     </row>
     <row r="750" spans="1:8">
       <c r="A750" t="s">
         <v>2850</v>
       </c>
       <c r="B750" t="s">
         <v>9</v>
       </c>
       <c r="C750" t="s">
-        <v>379</v>
+        <v>375</v>
       </c>
       <c r="D750" t="s">
-        <v>2589</v>
+        <v>2592</v>
       </c>
       <c r="E750" t="s">
-        <v>2590</v>
+        <v>2593</v>
       </c>
       <c r="F750" t="s">
-        <v>118</v>
+        <v>154</v>
       </c>
       <c r="G750" s="1" t="s">
         <v>2851</v>
       </c>
       <c r="H750" t="s">
         <v>2852</v>
       </c>
     </row>
     <row r="751" spans="1:8">
       <c r="A751" t="s">
         <v>2853</v>
       </c>
       <c r="B751" t="s">
         <v>9</v>
       </c>
       <c r="C751" t="s">
-        <v>383</v>
+        <v>379</v>
       </c>
       <c r="D751" t="s">
-        <v>2589</v>
+        <v>2592</v>
       </c>
       <c r="E751" t="s">
-        <v>2590</v>
+        <v>2593</v>
       </c>
       <c r="F751" t="s">
-        <v>19</v>
+        <v>118</v>
       </c>
       <c r="G751" s="1" t="s">
         <v>2854</v>
       </c>
       <c r="H751" t="s">
         <v>2855</v>
       </c>
     </row>
     <row r="752" spans="1:8">
       <c r="A752" t="s">
         <v>2856</v>
       </c>
       <c r="B752" t="s">
         <v>9</v>
       </c>
       <c r="C752" t="s">
-        <v>387</v>
+        <v>383</v>
       </c>
       <c r="D752" t="s">
-        <v>2589</v>
+        <v>2592</v>
       </c>
       <c r="E752" t="s">
-        <v>2590</v>
+        <v>2593</v>
       </c>
       <c r="F752" t="s">
-        <v>2523</v>
+        <v>19</v>
       </c>
       <c r="G752" s="1" t="s">
         <v>2857</v>
       </c>
       <c r="H752" t="s">
         <v>2858</v>
       </c>
     </row>
     <row r="753" spans="1:8">
       <c r="A753" t="s">
         <v>2859</v>
       </c>
       <c r="B753" t="s">
         <v>9</v>
       </c>
       <c r="C753" t="s">
-        <v>391</v>
+        <v>387</v>
       </c>
       <c r="D753" t="s">
-        <v>2589</v>
+        <v>2592</v>
       </c>
       <c r="E753" t="s">
-        <v>2590</v>
+        <v>2593</v>
       </c>
       <c r="F753" t="s">
         <v>2523</v>
       </c>
       <c r="G753" s="1" t="s">
         <v>2860</v>
       </c>
       <c r="H753" t="s">
-        <v>2676</v>
+        <v>2861</v>
       </c>
     </row>
     <row r="754" spans="1:8">
       <c r="A754" t="s">
-        <v>2861</v>
+        <v>2862</v>
       </c>
       <c r="B754" t="s">
         <v>9</v>
       </c>
       <c r="C754" t="s">
-        <v>395</v>
+        <v>391</v>
       </c>
       <c r="D754" t="s">
-        <v>2589</v>
+        <v>2592</v>
       </c>
       <c r="E754" t="s">
-        <v>2590</v>
+        <v>2593</v>
       </c>
       <c r="F754" t="s">
-        <v>239</v>
+        <v>2523</v>
       </c>
       <c r="G754" s="1" t="s">
-        <v>2862</v>
+        <v>2863</v>
       </c>
       <c r="H754" t="s">
-        <v>2863</v>
+        <v>2679</v>
       </c>
     </row>
     <row r="755" spans="1:8">
       <c r="A755" t="s">
         <v>2864</v>
       </c>
       <c r="B755" t="s">
         <v>9</v>
       </c>
       <c r="C755" t="s">
-        <v>399</v>
+        <v>395</v>
       </c>
       <c r="D755" t="s">
-        <v>2589</v>
+        <v>2592</v>
       </c>
       <c r="E755" t="s">
-        <v>2590</v>
+        <v>2593</v>
       </c>
       <c r="F755" t="s">
         <v>239</v>
       </c>
       <c r="G755" s="1" t="s">
         <v>2865</v>
       </c>
       <c r="H755" t="s">
         <v>2866</v>
       </c>
     </row>
     <row r="756" spans="1:8">
       <c r="A756" t="s">
         <v>2867</v>
       </c>
       <c r="B756" t="s">
         <v>9</v>
       </c>
       <c r="C756" t="s">
-        <v>403</v>
+        <v>399</v>
       </c>
       <c r="D756" t="s">
-        <v>2589</v>
+        <v>2592</v>
       </c>
       <c r="E756" t="s">
-        <v>2590</v>
+        <v>2593</v>
       </c>
       <c r="F756" t="s">
-        <v>118</v>
+        <v>239</v>
       </c>
       <c r="G756" s="1" t="s">
         <v>2868</v>
       </c>
       <c r="H756" t="s">
         <v>2869</v>
       </c>
     </row>
     <row r="757" spans="1:8">
       <c r="A757" t="s">
         <v>2870</v>
       </c>
       <c r="B757" t="s">
         <v>9</v>
       </c>
       <c r="C757" t="s">
-        <v>407</v>
+        <v>403</v>
       </c>
       <c r="D757" t="s">
-        <v>2589</v>
+        <v>2592</v>
       </c>
       <c r="E757" t="s">
-        <v>2590</v>
+        <v>2593</v>
       </c>
       <c r="F757" t="s">
-        <v>136</v>
+        <v>118</v>
       </c>
       <c r="G757" s="1" t="s">
         <v>2871</v>
       </c>
       <c r="H757" t="s">
         <v>2872</v>
       </c>
     </row>
     <row r="758" spans="1:8">
       <c r="A758" t="s">
         <v>2873</v>
       </c>
       <c r="B758" t="s">
         <v>9</v>
       </c>
       <c r="C758" t="s">
-        <v>411</v>
+        <v>407</v>
       </c>
       <c r="D758" t="s">
-        <v>2589</v>
+        <v>2592</v>
       </c>
       <c r="E758" t="s">
-        <v>2590</v>
+        <v>2593</v>
       </c>
       <c r="F758" t="s">
-        <v>2523</v>
+        <v>136</v>
       </c>
       <c r="G758" s="1" t="s">
         <v>2874</v>
       </c>
       <c r="H758" t="s">
         <v>2875</v>
       </c>
     </row>
     <row r="759" spans="1:8">
       <c r="A759" t="s">
         <v>2876</v>
       </c>
       <c r="B759" t="s">
         <v>9</v>
       </c>
       <c r="C759" t="s">
-        <v>415</v>
+        <v>411</v>
       </c>
       <c r="D759" t="s">
-        <v>2589</v>
+        <v>2592</v>
       </c>
       <c r="E759" t="s">
-        <v>2590</v>
+        <v>2593</v>
       </c>
       <c r="F759" t="s">
-        <v>168</v>
+        <v>2523</v>
       </c>
       <c r="G759" s="1" t="s">
         <v>2877</v>
       </c>
       <c r="H759" t="s">
         <v>2878</v>
       </c>
     </row>
     <row r="760" spans="1:8">
       <c r="A760" t="s">
         <v>2879</v>
       </c>
       <c r="B760" t="s">
         <v>9</v>
       </c>
       <c r="C760" t="s">
-        <v>419</v>
+        <v>415</v>
       </c>
       <c r="D760" t="s">
-        <v>2589</v>
+        <v>2592</v>
       </c>
       <c r="E760" t="s">
-        <v>2590</v>
+        <v>2593</v>
       </c>
       <c r="F760" t="s">
         <v>168</v>
       </c>
       <c r="G760" s="1" t="s">
         <v>2880</v>
       </c>
       <c r="H760" t="s">
         <v>2881</v>
       </c>
     </row>
     <row r="761" spans="1:8">
       <c r="A761" t="s">
         <v>2882</v>
       </c>
       <c r="B761" t="s">
         <v>9</v>
       </c>
       <c r="C761" t="s">
-        <v>423</v>
+        <v>419</v>
       </c>
       <c r="D761" t="s">
-        <v>2589</v>
+        <v>2592</v>
       </c>
       <c r="E761" t="s">
-        <v>2590</v>
+        <v>2593</v>
       </c>
       <c r="F761" t="s">
-        <v>136</v>
+        <v>168</v>
       </c>
       <c r="G761" s="1" t="s">
         <v>2883</v>
       </c>
       <c r="H761" t="s">
         <v>2884</v>
       </c>
     </row>
     <row r="762" spans="1:8">
       <c r="A762" t="s">
         <v>2885</v>
       </c>
       <c r="B762" t="s">
         <v>9</v>
       </c>
       <c r="C762" t="s">
-        <v>427</v>
+        <v>423</v>
       </c>
       <c r="D762" t="s">
-        <v>2589</v>
+        <v>2592</v>
       </c>
       <c r="E762" t="s">
-        <v>2590</v>
+        <v>2593</v>
       </c>
       <c r="F762" t="s">
-        <v>2523</v>
+        <v>136</v>
       </c>
       <c r="G762" s="1" t="s">
         <v>2886</v>
       </c>
       <c r="H762" t="s">
         <v>2887</v>
       </c>
     </row>
     <row r="763" spans="1:8">
       <c r="A763" t="s">
         <v>2888</v>
       </c>
       <c r="B763" t="s">
         <v>9</v>
       </c>
       <c r="C763" t="s">
-        <v>10</v>
+        <v>427</v>
       </c>
       <c r="D763" t="s">
+        <v>2592</v>
+      </c>
+      <c r="E763" t="s">
+        <v>2593</v>
+      </c>
+      <c r="F763" t="s">
+        <v>2523</v>
+      </c>
+      <c r="G763" s="1" t="s">
         <v>2889</v>
       </c>
-      <c r="E763" t="s">
+      <c r="H763" t="s">
         <v>2890</v>
-      </c>
-[...7 lines deleted...]
-        <v>2892</v>
       </c>
     </row>
     <row r="764" spans="1:8">
       <c r="A764" t="s">
+        <v>2891</v>
+      </c>
+      <c r="B764" t="s">
+        <v>9</v>
+      </c>
+      <c r="C764" t="s">
+        <v>431</v>
+      </c>
+      <c r="D764" t="s">
+        <v>2592</v>
+      </c>
+      <c r="E764" t="s">
+        <v>2593</v>
+      </c>
+      <c r="F764" t="s">
+        <v>2609</v>
+      </c>
+      <c r="G764" s="1" t="s">
+        <v>2892</v>
+      </c>
+      <c r="H764" t="s">
         <v>2893</v>
-      </c>
-[...19 lines deleted...]
-        <v>2895</v>
       </c>
     </row>
     <row r="765" spans="1:8">
       <c r="A765" t="s">
+        <v>2894</v>
+      </c>
+      <c r="B765" t="s">
+        <v>9</v>
+      </c>
+      <c r="C765" t="s">
+        <v>10</v>
+      </c>
+      <c r="D765" t="s">
+        <v>2895</v>
+      </c>
+      <c r="E765" t="s">
         <v>2896</v>
       </c>
-      <c r="B765" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F765" t="s">
-        <v>2606</v>
+        <v>2609</v>
       </c>
       <c r="G765" s="1" t="s">
         <v>2897</v>
       </c>
       <c r="H765" t="s">
         <v>2898</v>
       </c>
     </row>
     <row r="766" spans="1:8">
       <c r="A766" t="s">
         <v>2899</v>
       </c>
       <c r="B766" t="s">
         <v>9</v>
       </c>
       <c r="C766" t="s">
-        <v>32</v>
+        <v>23</v>
       </c>
       <c r="D766" t="s">
-        <v>2889</v>
+        <v>2895</v>
       </c>
       <c r="E766" t="s">
-        <v>2890</v>
+        <v>2896</v>
       </c>
       <c r="F766" t="s">
-        <v>2606</v>
+        <v>2609</v>
       </c>
       <c r="G766" s="1" t="s">
         <v>2900</v>
       </c>
       <c r="H766" t="s">
         <v>2901</v>
       </c>
     </row>
     <row r="767" spans="1:8">
       <c r="A767" t="s">
         <v>2902</v>
       </c>
       <c r="B767" t="s">
         <v>9</v>
       </c>
       <c r="C767" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="D767" t="s">
-        <v>2889</v>
+        <v>2895</v>
       </c>
       <c r="E767" t="s">
-        <v>2890</v>
+        <v>2896</v>
       </c>
       <c r="F767" t="s">
-        <v>2606</v>
+        <v>2609</v>
       </c>
       <c r="G767" s="1" t="s">
         <v>2903</v>
       </c>
       <c r="H767" t="s">
         <v>2904</v>
       </c>
     </row>
     <row r="768" spans="1:8">
       <c r="A768" t="s">
         <v>2905</v>
       </c>
       <c r="B768" t="s">
         <v>9</v>
       </c>
       <c r="C768" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="D768" t="s">
-        <v>2889</v>
+        <v>2895</v>
       </c>
       <c r="E768" t="s">
-        <v>2890</v>
+        <v>2896</v>
       </c>
       <c r="F768" t="s">
-        <v>2606</v>
+        <v>2609</v>
       </c>
       <c r="G768" s="1" t="s">
-        <v>814</v>
+        <v>2906</v>
       </c>
       <c r="H768" t="s">
-        <v>2906</v>
+        <v>2907</v>
       </c>
     </row>
     <row r="769" spans="1:8">
       <c r="A769" t="s">
-        <v>2907</v>
+        <v>2908</v>
       </c>
       <c r="B769" t="s">
         <v>9</v>
       </c>
       <c r="C769" t="s">
-        <v>44</v>
+        <v>36</v>
       </c>
       <c r="D769" t="s">
-        <v>2889</v>
+        <v>2895</v>
       </c>
       <c r="E769" t="s">
-        <v>2890</v>
+        <v>2896</v>
       </c>
       <c r="F769" t="s">
-        <v>89</v>
+        <v>2609</v>
       </c>
       <c r="G769" s="1" t="s">
-        <v>2908</v>
+        <v>2909</v>
       </c>
       <c r="H769" t="s">
-        <v>2909</v>
+        <v>2910</v>
       </c>
     </row>
     <row r="770" spans="1:8">
       <c r="A770" t="s">
-        <v>2910</v>
+        <v>2911</v>
       </c>
       <c r="B770" t="s">
         <v>9</v>
       </c>
       <c r="C770" t="s">
+        <v>40</v>
+      </c>
+      <c r="D770" t="s">
+        <v>2895</v>
+      </c>
+      <c r="E770" t="s">
+        <v>2896</v>
+      </c>
+      <c r="F770" t="s">
+        <v>2609</v>
+      </c>
+      <c r="G770" s="1" t="s">
+        <v>814</v>
+      </c>
+      <c r="H770" t="s">
+        <v>2912</v>
+      </c>
+    </row>
+    <row r="771" spans="1:8">
+      <c r="A771" t="s">
+        <v>2913</v>
+      </c>
+      <c r="B771" t="s">
+        <v>9</v>
+      </c>
+      <c r="C771" t="s">
+        <v>44</v>
+      </c>
+      <c r="D771" t="s">
+        <v>2895</v>
+      </c>
+      <c r="E771" t="s">
+        <v>2896</v>
+      </c>
+      <c r="F771" t="s">
+        <v>89</v>
+      </c>
+      <c r="G771" s="1" t="s">
+        <v>2914</v>
+      </c>
+      <c r="H771" t="s">
+        <v>2915</v>
+      </c>
+    </row>
+    <row r="772" spans="1:8">
+      <c r="A772" t="s">
+        <v>2916</v>
+      </c>
+      <c r="B772" t="s">
+        <v>9</v>
+      </c>
+      <c r="C772" t="s">
         <v>10</v>
       </c>
-      <c r="D770" t="s">
-[...5 lines deleted...]
-      <c r="F770" t="s">
+      <c r="D772" t="s">
+        <v>2917</v>
+      </c>
+      <c r="E772" t="s">
+        <v>2918</v>
+      </c>
+      <c r="F772" t="s">
         <v>1001</v>
       </c>
-      <c r="G770" s="1" t="s">
-[...3 lines deleted...]
-        <v>2914</v>
+      <c r="G772" s="1" t="s">
+        <v>2919</v>
+      </c>
+      <c r="H772" t="s">
+        <v>2920</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -29919,50 +29989,52 @@
     <hyperlink ref="G746" r:id="rId745"/>
     <hyperlink ref="G747" r:id="rId746"/>
     <hyperlink ref="G748" r:id="rId747"/>
     <hyperlink ref="G749" r:id="rId748"/>
     <hyperlink ref="G750" r:id="rId749"/>
     <hyperlink ref="G751" r:id="rId750"/>
     <hyperlink ref="G752" r:id="rId751"/>
     <hyperlink ref="G753" r:id="rId752"/>
     <hyperlink ref="G754" r:id="rId753"/>
     <hyperlink ref="G755" r:id="rId754"/>
     <hyperlink ref="G756" r:id="rId755"/>
     <hyperlink ref="G757" r:id="rId756"/>
     <hyperlink ref="G758" r:id="rId757"/>
     <hyperlink ref="G759" r:id="rId758"/>
     <hyperlink ref="G760" r:id="rId759"/>
     <hyperlink ref="G761" r:id="rId760"/>
     <hyperlink ref="G762" r:id="rId761"/>
     <hyperlink ref="G763" r:id="rId762"/>
     <hyperlink ref="G764" r:id="rId763"/>
     <hyperlink ref="G765" r:id="rId764"/>
     <hyperlink ref="G766" r:id="rId765"/>
     <hyperlink ref="G767" r:id="rId766"/>
     <hyperlink ref="G768" r:id="rId767"/>
     <hyperlink ref="G769" r:id="rId768"/>
     <hyperlink ref="G770" r:id="rId769"/>
+    <hyperlink ref="G771" r:id="rId770"/>
+    <hyperlink ref="G772" r:id="rId771"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>