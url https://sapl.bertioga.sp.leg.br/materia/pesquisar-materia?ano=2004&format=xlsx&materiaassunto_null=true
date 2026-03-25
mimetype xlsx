--- v0 (2026-02-04)
+++ v1 (2026-03-25)
@@ -54,51 +54,51 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>11098</t>
   </si>
   <si>
     <t>2004</t>
   </si>
   <si>
     <t>1123</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Ney Lyra</t>
   </si>
   <si>
-    <t>https://sapl.bertioga.sp.leg.br/media/</t>
+    <t>http://sapl.bertioga.sp.leg.br/media/</t>
   </si>
   <si>
     <t>MOÇÃO DE PARABENIZAÇÃO AO EE M AP ABREU MAGNO</t>
   </si>
   <si>
     <t>10625</t>
   </si>
   <si>
     <t>1125</t>
   </si>
   <si>
     <t>Celsinho</t>
   </si>
   <si>
     <t>SABESP</t>
   </si>
   <si>
     <t>10626</t>
   </si>
   <si>
     <t>1126</t>
   </si>
   <si>
     <t>ÁREA PARA A PASTORAL DA CRIANÇA</t>
   </si>
@@ -4423,68 +4423,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bertioga.sp.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H441"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="71.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="35" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="34.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="199.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>